--- v0 (2026-01-13)
+++ v1 (2026-02-04)
@@ -790,631 +790,631 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W05, K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_WG.3, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma podstawową wiedzę o różnych rodzajach struktur i instytucji prawnych w ramach Unii Europejskiej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma wiedzę o procesach zmian struktur i instytucji Unii Europejskiej oraz ich elementów, o przyczynach, przebiegu, skali i konsekwencjach tych zmian</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W05, K_W02, K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG/K.o, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma wiedzę o poglądach na temat struktur i instytucji Unii Europejskiej oraz rodzajów więzi społecznych i o ich historycznej ewolucji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma podstawową wiedzę o różnych rodzajach struktur i instytucji prawnych w ramach Unii Europejskiej</w:t>
+        <w:t xml:space="preserve"> Podstawowa interpretacja zjawisk prawnych w zakresie dziedzin nauki i dyscyplin naukowych, właściwych dla kierunku Administracja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Egzamin i dyskusje na zajęciach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada umiejętność rozumienia i analizowania zjawisk społecznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin i dyskusje na zajęciach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U04, K_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada umiejętność przygotowania typowych prac pisemnych w języku polskim, właściwych dla kierunku Administracja, z wykorzystaniem różnych źródeł</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W05, K_W01</w:t>
+        <w:t xml:space="preserve">K_U06, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.H.P6S_WG.1.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę o procesach zmian struktur i instytucji Unii Europejskiej oraz ich elementów, o przyczynach, przebiegu, skali i konsekwencjach tych zmian</w:t>
+        <w:t xml:space="preserve">Student rozumie potrzebę uczenia się przez całe życie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">Dyskusje na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03, K_W05</w:t>
+        <w:t xml:space="preserve">K_K01, K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę o poglądach na temat struktur i instytucji Unii Europejskiej oraz rodzajów więzi społecznych i o ich historycznej ewolucji</w:t>
+        <w:t xml:space="preserve">Student potrafi odpowiednio określić priorytety służące realizacji określonego przez siebie lub innych zadania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">Dyskusje na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W05</w:t>
-[...369 lines deleted...]
-        <w:t xml:space="preserve">K_K04, K_K01</w:t>
+        <w:t xml:space="preserve">K_K01, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>