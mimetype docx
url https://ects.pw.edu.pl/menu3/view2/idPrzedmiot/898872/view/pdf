--- v1 (2026-02-04)
+++ v2 (2026-02-27)
@@ -790,67 +790,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.3, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma podstawową wiedzę o różnych rodzajach struktur i instytucji prawnych w ramach Unii Europejskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -930,67 +930,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W02, K_W03</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG/K.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę o poglądach na temat struktur i instytucji Unii Europejskiej oraz rodzajów więzi społecznych i o ich historycznej ewolucji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1166,51 +1166,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, I.P6S_UO, II.S.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student posiada umiejętność przygotowania typowych prac pisemnych w języku polskim, właściwych dla kierunku Administracja, z wykorzystaniem różnych źródeł</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1220,67 +1220,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>