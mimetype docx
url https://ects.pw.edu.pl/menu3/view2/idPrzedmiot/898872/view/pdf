--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -806,411 +806,411 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma podstawową wiedzę o różnych rodzajach struktur i instytucji prawnych w ramach Unii Europejskiej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma wiedzę o procesach zmian struktur i instytucji Unii Europejskiej oraz ich elementów, o przyczynach, przebiegu, skali i konsekwencjach tych zmian</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W05, K_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma wiedzę o poglądach na temat struktur i instytucji Unii Europejskiej oraz rodzajów więzi społecznych i o ich historycznej ewolucji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma podstawową wiedzę o różnych rodzajach struktur i instytucji prawnych w ramach Unii Europejskiej</w:t>
+        <w:t xml:space="preserve"> Podstawowa interpretacja zjawisk prawnych w zakresie dziedzin nauki i dyscyplin naukowych, właściwych dla kierunku Administracja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">Egzamin i dyskusje na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W05</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę o procesach zmian struktur i instytucji Unii Europejskiej oraz ich elementów, o przyczynach, przebiegu, skali i konsekwencjach tych zmian</w:t>
+        <w:t xml:space="preserve">Student posiada umiejętność rozumienia i analizowania zjawisk społecznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">Egzamin i dyskusje na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03, K_W05</w:t>
+        <w:t xml:space="preserve">K_U05, K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, I.P6S_UO, II.S.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student posiada umiejętność przygotowania typowych prac pisemnych w języku polskim, właściwych dla kierunku Administracja, z wykorzystaniem różnych źródeł</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>