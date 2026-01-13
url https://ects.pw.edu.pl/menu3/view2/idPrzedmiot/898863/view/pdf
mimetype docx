--- v0 (2025-11-03)
+++ v1 (2026-01-13)
@@ -777,67 +777,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przedmiot zaliczany będzie w formie egzaminu. W wypadku aktywnego uczestnictwa studentów w ćwiczeniach brane będą pod uwagę przy wystawianiu oceny końcowej oceny z wystąpień studentów.
 Warunki: aktywne uczestnictwo studenta we wszystkich zajęciach. Przygotowywanie się do zajęć na podstawie podanej literatury i materiałów źródłowych. W przypadku nieobecności, studiujący zobowiązani są do rozliczenia się z treściami merytorycznymi w godzinach konsultacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W08</w:t>
+        <w:t xml:space="preserve">K_W08, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawową terminologię w zakresie prawa cywilnego i potrafi ją zastosować w praktyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -848,67 +848,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przedmiot zaliczany będzie w formie egzaminu. W wypadku aktywnego uczestnictwa studentów w ćwiczeniach brane będą pod uwagę przy wystawianiu oceny końcowej oceny z wystąpień studentów.
 Warunki: aktywne uczestnictwo studenta we wszystkich zajęciach. Przygotowywanie się do zajęć na podstawie podanej literatury i materiałów źródłowych. W przypadku nieobecności, studiujący zobowiązani są do rozliczenia się z treściami merytorycznymi w godzinach konsultacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe konstrukcje i instytucje prawa cywilnego i potrafi je zastosować w praktyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1142,67 +1142,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przedmiot zaliczany będzie w formie egzaminu. W wypadku aktywnego uczestnictwa studentów w ćwiczeniach brane będą pod uwagę przy wystawianiu oceny końcowej oceny z wystąpień studentów.
 Warunki: aktywne uczestnictwo studenta we wszystkich zajęciach. Przygotowywanie się do zajęć na podstawie podanej literatury i materiałów źródłowych. W przypadku nieobecności, studiujący zobowiązani są do rozliczenia się z treściami merytorycznymi w godzinach konsultacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi posługiwać się poznanymi zasadami, teoriami i konstrukcjami w podejmowanej i prowadzonej działalności.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1213,51 +1213,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przedmiot zaliczany będzie w formie egzaminu. W wypadku aktywnego uczestnictwa studentów w ćwiczeniach brane będą pod uwagę przy wystawianiu oceny końcowej oceny z wystąpień studentów.
 Warunki: aktywne uczestnictwo studenta we wszystkich zajęciach. Przygotowywanie się do zajęć na podstawie podanej literatury i materiałów źródłowych. W przypadku nieobecności, studiujący zobowiązani są do rozliczenia się z treściami merytorycznymi w godzinach konsultacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1371,51 +1371,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>