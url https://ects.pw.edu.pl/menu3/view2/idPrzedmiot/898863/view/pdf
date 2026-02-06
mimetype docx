--- v1 (2026-01-13)
+++ v2 (2026-02-06)
@@ -777,67 +777,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przedmiot zaliczany będzie w formie egzaminu. W wypadku aktywnego uczestnictwa studentów w ćwiczeniach brane będą pod uwagę przy wystawianiu oceny końcowej oceny z wystąpień studentów.
 Warunki: aktywne uczestnictwo studenta we wszystkich zajęciach. Przygotowywanie się do zajęć na podstawie podanej literatury i materiałów źródłowych. W przypadku nieobecności, studiujący zobowiązani są do rozliczenia się z treściami merytorycznymi w godzinach konsultacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawową terminologię w zakresie prawa cywilnego i potrafi ją zastosować w praktyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -919,67 +919,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przedmiot zaliczany będzie w formie egzaminu. W wypadku aktywnego uczestnictwa studentów w ćwiczeniach brane będą pod uwagę przy wystawianiu oceny końcowej oceny z wystąpień studentów.
 Warunki: aktywne uczestnictwo studenta we wszystkich zajęciach. Przygotowywanie się do zajęć na podstawie podanej literatury i materiałów źródłowych. W przypadku nieobecności, studiujący zobowiązani są do rozliczenia się z treściami merytorycznymi w godzinach konsultacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, I.P6S_WK, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna źródła prawa cywilnego i potrafi zastosować w praktyce teorie i koncepcje w zakresie prawa cywilnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1006,51 +1006,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1142,67 +1142,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przedmiot zaliczany będzie w formie egzaminu. W wypadku aktywnego uczestnictwa studentów w ćwiczeniach brane będą pod uwagę przy wystawianiu oceny końcowej oceny z wystąpień studentów.
 Warunki: aktywne uczestnictwo studenta we wszystkich zajęciach. Przygotowywanie się do zajęć na podstawie podanej literatury i materiałów źródłowych. W przypadku nieobecności, studiujący zobowiązani są do rozliczenia się z treściami merytorycznymi w godzinach konsultacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi posługiwać się poznanymi zasadami, teoriami i konstrukcjami w podejmowanej i prowadzonej działalności.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1371,51 +1371,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>