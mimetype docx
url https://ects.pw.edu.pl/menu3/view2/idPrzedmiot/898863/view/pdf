--- v3 (2026-02-27)
+++ v4 (2026-03-21)
@@ -919,67 +919,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przedmiot zaliczany będzie w formie egzaminu. W wypadku aktywnego uczestnictwa studentów w ćwiczeniach brane będą pod uwagę przy wystawianiu oceny końcowej oceny z wystąpień studentów.
 Warunki: aktywne uczestnictwo studenta we wszystkich zajęciach. Przygotowywanie się do zajęć na podstawie podanej literatury i materiałów źródłowych. W przypadku nieobecności, studiujący zobowiązani są do rozliczenia się z treściami merytorycznymi w godzinach konsultacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna źródła prawa cywilnego i potrafi zastosować w praktyce teorie i koncepcje w zakresie prawa cywilnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -990,67 +990,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przedmiot zaliczany będzie w formie egzaminu. W wypadku aktywnego uczestnictwa studentów w ćwiczeniach brane będą pod uwagę przy wystawianiu oceny końcowej oceny z wystąpień studentów.
 Warunki: aktywne uczestnictwo studenta we wszystkich zajęciach. Przygotowywanie się do zajęć na podstawie podanej literatury i materiałów źródłowych. W przypadku nieobecności, studiujący zobowiązani są do rozliczenia się z treściami merytorycznymi w godzinach konsultacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.2, I.P6S_WK, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1087,51 +1087,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętność dokonywania podstawowych czynności prawnych, w tym zwłaszcza polegających na zawieraniu umów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>