--- v0 (2025-10-30)
+++ v1 (2026-01-13)
@@ -814,51 +814,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe dla części wykładowej, ocena umiejętności wykorzystania pozyskanej wiedzy w procesie projektowania instalacji tryskaczowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12, IS_W13</w:t>
+        <w:t xml:space="preserve">IS_W13, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -894,51 +894,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Odpowiedź ustna na obronie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U07, IS_U05</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>