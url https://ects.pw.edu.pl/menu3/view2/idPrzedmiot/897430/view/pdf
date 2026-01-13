--- v1 (2026-01-13)
+++ v2 (2026-01-13)
@@ -814,51 +814,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe dla części wykładowej, ocena umiejętności wykorzystania pozyskanej wiedzy w procesie projektowania instalacji tryskaczowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W13, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W12, IS_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>