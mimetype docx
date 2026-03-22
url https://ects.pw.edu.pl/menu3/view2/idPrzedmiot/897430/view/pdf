--- v2 (2026-01-13)
+++ v3 (2026-03-22)
@@ -744,67 +744,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe dla części wykładowej, ocena umiejętności wykorzystania pozyskanej wiedzy w procesie projektowania instalacji tryskaczowej
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W08, IS_W10</w:t>
+        <w:t xml:space="preserve">IS_W10, IS_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę w podstawowym zakresie ochrony przeciwpożarowej budynku instalacjami wodnymi. Ma podbudowaną teoretycznie wiedzę w zakresie wymagań stawianych instalacjom tryskaczowym jak również z możliwości wyboru przepisów do szczegółowego projektowania instalacji tryskaczowych. Posiada wiedzę z zakresu projektowania prostych w budowie geometrycznej instalacji tryskaczowych oraz zna podstawowe parametry projektowe determinujące wielkość instalacji tryskaczowej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>