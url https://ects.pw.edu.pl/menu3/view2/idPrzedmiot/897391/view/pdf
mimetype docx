--- v0 (2026-01-13)
+++ v1 (2026-01-15)
@@ -766,51 +766,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W15, IS_W07, IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę o trendach rozwojowych w obszarze inżynierii komunalnej bazującą na materiałach obcojęzycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1056,51 +1056,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U15, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>