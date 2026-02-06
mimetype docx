--- v1 (2026-01-15)
+++ v2 (2026-02-06)
@@ -766,51 +766,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W15, IS_W07, IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę o trendach rozwojowych w obszarze inżynierii komunalnej bazującą na materiałach obcojęzycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -900,67 +900,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja, Dyskusja, Obserwacja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U21, IS_U15, IS_U01</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U21, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi porozumiewać się przy użyciu różnych technik w środowisku zawodowym oraz w innych środowiskach, w języku angielskim lub innym języku obcym uznawanym za język komunikacji międzynarodowej w inżynierii komunalnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1040,67 +1040,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U15, IS_U21</w:t>
+        <w:t xml:space="preserve">IS_U21, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>