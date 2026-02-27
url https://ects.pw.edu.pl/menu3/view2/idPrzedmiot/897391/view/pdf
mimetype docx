--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -900,67 +900,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja, Dyskusja, Obserwacja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U21, IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U21, IS_U15, IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi porozumiewać się przy użyciu różnych technik w środowisku zawodowym oraz w innych środowiskach, w języku angielskim lub innym języku obcym uznawanym za język komunikacji międzynarodowej w inżynierii komunalnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>