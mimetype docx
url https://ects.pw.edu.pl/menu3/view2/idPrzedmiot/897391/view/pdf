--- v3 (2026-02-27)
+++ v4 (2026-03-22)
@@ -1040,51 +1040,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U21, IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>