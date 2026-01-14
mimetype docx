--- v0 (2025-12-08)
+++ v1 (2026-01-14)
@@ -1208,51 +1208,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>