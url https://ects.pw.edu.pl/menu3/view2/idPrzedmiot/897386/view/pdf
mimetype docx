--- v1 (2026-01-14)
+++ v2 (2026-02-28)
@@ -1138,51 +1138,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna poprawną terminologię stosowaną przy opisie procesów zachodzących w urządzeniach do oczyszczania wody i ścieków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>