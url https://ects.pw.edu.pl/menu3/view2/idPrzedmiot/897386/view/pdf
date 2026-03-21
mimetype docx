--- v2 (2026-02-28)
+++ v3 (2026-03-21)
@@ -1068,51 +1068,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeanalizować i wykorzystać rolę procesów fizycznych, chemicznych i biologicznych w eksploatacji urządzeń do oczyszczania wody i ścieków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1138,51 +1138,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna poprawną terminologię stosowaną przy opisie procesów zachodzących w urządzeniach do oczyszczania wody i ścieków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>