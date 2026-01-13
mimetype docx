--- v0 (2025-10-29)
+++ v1 (2026-01-13)
@@ -750,51 +750,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W18, IS_W12, IS_W11, IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, III.P7S_WK, P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową wiedzę w zakresie tematyki, której dotyczy praca dyplomowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -885,67 +885,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja
 Zaliczenie seminarium dyplomowego (100%), w tym prezentacji na seminarium dyplomowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U11, IS_U07, IS_U05, IS_U04, IS_U03, IS_U02, IS_U18, IS_U12</w:t>
+        <w:t xml:space="preserve">IS_U04, IS_U03, IS_U02, IS_U18, IS_U12, IS_U11, IS_U07, IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>