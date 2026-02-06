--- v1 (2026-01-13)
+++ v2 (2026-02-06)
@@ -750,51 +750,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W18, IS_W12, IS_W11, IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, III.P7S_WK, P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową wiedzę w zakresie tematyki, której dotyczy praca dyplomowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -885,67 +885,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja
 Zaliczenie seminarium dyplomowego (100%), w tym prezentacji na seminarium dyplomowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U04, IS_U03, IS_U02, IS_U18, IS_U12, IS_U11, IS_U07, IS_U05</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U04, IS_U03, IS_U02, IS_U18, IS_U12, IS_U11, IS_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>