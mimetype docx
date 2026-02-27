--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -901,51 +901,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U05, IS_U04, IS_U03, IS_U02, IS_U18, IS_U12, IS_U11, IS_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>