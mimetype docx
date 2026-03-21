--- v3 (2026-02-27)
+++ v4 (2026-03-21)
@@ -734,67 +734,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W18, IS_W12, IS_W11, IS_W09</w:t>
+        <w:t xml:space="preserve">IS_W12, IS_W11, IS_W09, IS_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową wiedzę w zakresie tematyki, której dotyczy praca dyplomowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -885,51 +885,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja
 Zaliczenie seminarium dyplomowego (100%), w tym prezentacji na seminarium dyplomowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U04, IS_U03, IS_U02, IS_U18, IS_U12, IS_U11, IS_U07</w:t>
+        <w:t xml:space="preserve">IS_U03, IS_U02, IS_U18, IS_U12, IS_U11, IS_U07, IS_U05, IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>