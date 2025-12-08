--- v0 (2025-10-31)
+++ v1 (2025-12-08)
@@ -1050,67 +1050,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W07, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_W15, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WK, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat projektowania i doboru elementów sprężarkowych urządzeń chłodniczych stosowanych w klimatyzacji (w tym wymienniki ciepła, rurociągi, zawory rozprężne, chłodziwa, itp.).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1136,51 +1136,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W15, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1560,67 +1560,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K03, IS_K02</w:t>
+        <w:t xml:space="preserve">IS_K02, IS_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KR, P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">