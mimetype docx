--- v1 (2025-12-08)
+++ v2 (2026-01-12)
@@ -1136,51 +1136,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W15, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1340,51 +1340,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U19, IS_U18</w:t>
+        <w:t xml:space="preserve">IS_U18, IS_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>