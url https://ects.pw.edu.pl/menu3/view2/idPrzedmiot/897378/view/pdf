--- v2 (2026-01-12)
+++ v3 (2026-02-05)
@@ -856,535 +856,535 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat budowy sprężarkowych urządzeń chłodniczych i pomp ciepła stosowanych w systemach klimatyzacyjnych i grzewczych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie wykładów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W19, IS_W14, IS_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat budowy sprężarkowych urządzeń chłodniczych i pomp ciepła stosowanych w systemach klimatyzacyjnych i grzewczych</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę na temat kierunków rozwoju urządzeń chłodniczych pod kątem ograniczania zużycia energii i możliwości ich zastosowania, a także nowych technologii stosowanych w ich elementach składowych, takich jak wymienniki ciepła, sprężarki, zawory rozprężne, itp</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W19, IS_W14, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W15, IS_W14, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat kierunków rozwoju urządzeń chłodniczych pod kątem ograniczania zużycia energii i możliwości ich zastosowania, a także nowych technologii stosowanych w ich elementach składowych, takich jak wymienniki ciepła, sprężarki, zawory rozprężne, itp</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę na temat kierunków rozwoju czynników chłodniczych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W15, IS_W14, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W15, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat projektowania i doboru elementów sprężarkowych urządzeń chłodniczych stosowanych w klimatyzacji (w tym wymienniki ciepła, rurociągi, zawory rozprężne, chłodziwa, itp.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, Zaliczenie kolokwium, Zaliczenie wykładów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W15, IS_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat kierunków rozwoju czynników chłodniczych</w:t>
+        <w:t xml:space="preserve">Potrafi opisać procesy zachodzące w sprężarkowym urządzeniu chłodniczym oraz pompie ciepła</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W15, IS_W07</w:t>
+        <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat projektowania i doboru elementów sprężarkowych urządzeń chłodniczych stosowanych w klimatyzacji (w tym wymienniki ciepła, rurociągi, zawory rozprężne, chłodziwa, itp.).</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe obliczenia cieplne dotyczące sprężarkowych obiegów chłodniczych i pomp ciepła, wykorzystując do tego prawa i wzory z termodynamiki, mechaniki płynów i wymiany ciepła</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Projekt, Zaliczenie kolokwium, Zaliczenie wykładów</w:t>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W15, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi opisać procesy zachodzące w sprężarkowym urządzeniu chłodniczym oraz pompie ciepła</w:t>
+        <w:t xml:space="preserve">Potrafi opracować projekt sprężarkowego urządzenia chłodniczego wraz z niezbędnymi załącznikami w postaci wykresów i nomogramów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie wykładów</w:t>
+        <w:t xml:space="preserve">Projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">IS_U18, IS_U19</w:t>
+        <w:t xml:space="preserve">IS_U19, IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>