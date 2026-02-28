--- v3 (2026-02-05)
+++ v4 (2026-02-28)
@@ -856,51 +856,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat budowy sprężarkowych urządzeń chłodniczych i pomp ciepła stosowanych w systemach klimatyzacyjnych i grzewczych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1066,51 +1066,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W15, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat projektowania i doboru elementów sprężarkowych urządzeń chłodniczych stosowanych w klimatyzacji (w tym wymienniki ciepła, rurociągi, zawory rozprężne, chłodziwa, itp.).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1216,51 +1216,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe obliczenia cieplne dotyczące sprężarkowych obiegów chłodniczych i pomp ciepła, wykorzystując do tego prawa i wzory z termodynamiki, mechaniki płynów i wymiany ciepła</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1576,51 +1576,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K02, IS_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">