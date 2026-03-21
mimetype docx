--- v4 (2026-02-28)
+++ v5 (2026-03-21)
@@ -910,51 +910,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W19, IS_W14, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W12, IS_W19, IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1066,51 +1066,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W15, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat projektowania i doboru elementów sprężarkowych urządzeń chłodniczych stosowanych w klimatyzacji (w tym wymienniki ciepła, rurociągi, zawory rozprężne, chłodziwa, itp.).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1356,51 +1356,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U19, IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
@@ -1576,51 +1576,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K02, IS_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, P7U_K, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">