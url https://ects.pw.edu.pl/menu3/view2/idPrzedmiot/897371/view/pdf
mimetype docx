--- v0 (2025-10-30)
+++ v1 (2026-01-13)
@@ -1035,51 +1035,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na zajęciach, ocena przygotowanej prezentacji, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U21, IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1105,67 +1105,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na zajęciach, ocena przygotowanej prezentacji, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U21, IS_U15, IS_U14, IS_U12</w:t>
+        <w:t xml:space="preserve">IS_U14, IS_U12, IS_U21, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
@@ -1185,67 +1185,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na zajęciach, ocena przygotowanej prezentacji, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K05, IS_K01, IS_K02, IS_K04</w:t>
+        <w:t xml:space="preserve">IS_K02, IS_K04, IS_K05, IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KO, I.P7S_KK, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość roli społecznej absolwenta uczelni technicznej i rozumie potrzebę prawidłowego zarządzania procesami ochrony środowiska, zarówno przyrodniczego, jak i społecznego, potrafiąc przekazywać zdobytą wiedzę w sposób powszechnie zrozumiały dla odbiorców, w tym także odbiorców nieposiadających przygotowania merytorycznego z zakresu ochrony środowiska </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>