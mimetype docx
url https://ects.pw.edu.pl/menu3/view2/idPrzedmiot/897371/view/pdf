--- v1 (2026-01-13)
+++ v2 (2026-01-13)
@@ -1035,67 +1035,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na zajęciach, ocena przygotowanej prezentacji, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U15, IS_U21</w:t>
+        <w:t xml:space="preserve">IS_U21, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętności pozwalające na samodzielne zaplanowanie zakresu systemu ochrony środowiska dla jednostki samorządu terytorialnego lub podmiotu gospodarczego oraz w oparciu o posiadaną wiedzę oraz informacje literaturowe i zdobyte we własnym zakresie informacje z JST lub podmiotów gospodarczych zaproponować, w ramach pracy grupowej, sposób funkcjonowania takiego systemu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1105,67 +1105,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na zajęciach, ocena przygotowanej prezentacji, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U14, IS_U12, IS_U21, IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U21, IS_U15, IS_U14, IS_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o, I.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
@@ -1185,51 +1185,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na zajęciach, ocena przygotowanej prezentacji, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K02, IS_K04, IS_K05, IS_K01</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K04, IS_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>