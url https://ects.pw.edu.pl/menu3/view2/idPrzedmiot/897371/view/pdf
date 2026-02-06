--- v2 (2026-01-13)
+++ v3 (2026-02-06)
@@ -815,357 +815,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na zajęciach, ocena przygotowanej prezentacji, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W17, IS_W07</w:t>
+        <w:t xml:space="preserve">IS_W07, IS_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WK, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę w zakresie projektowania systemów zarządzania ochroną środowiska w przedsiębiorstwach lub jednostkach samorządu terytorialnego (najczęściej gminach).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Bieżąca praca na zajęciach, ocena przygotowanej prezentacji, ocena projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W18, IS_W17, IS_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawową wiedzę w zakresie projektowania systemów zarządzania ochroną środowiska w przedsiębiorstwach lub jednostkach samorządu terytorialnego (najczęściej gminach).</w:t>
+        <w:t xml:space="preserve">Posiada umiejętności korzystania z literatury przedmiotu oraz prawidłowego interpretowania pozyskanych informacji, potrafi powiązać skutki środowiskowe z określonymi aktywnościami i wpływem antropogenicznym </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na zajęciach, ocena przygotowanej prezentacji, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W18, IS_W17, IS_W07</w:t>
+        <w:t xml:space="preserve">IS_U21, IS_U15, IS_U14, IS_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK, I.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UK, III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada umiejętności korzystania z literatury przedmiotu oraz prawidłowego interpretowania pozyskanych informacji, potrafi powiązać skutki środowiskowe z określonymi aktywnościami i wpływem antropogenicznym </w:t>
+        <w:t xml:space="preserve">Posiada podstawowe umiejętności w zakresie zarządzania sytuacjami konfliktowymi związanymi z aktywnościami człowieka, zwłaszcza w procesach rozwoju i modernizaji infrastruktury </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na zajęciach, ocena przygotowanej prezentacji, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U21, IS_U15, IS_U14, IS_U12</w:t>
+        <w:t xml:space="preserve">IS_U21, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o, I.P7S_UW.o, I.P7S_UO</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawowe umiejętności w zakresie zarządzania sytuacjami konfliktowymi związanymi z aktywnościami człowieka, zwłaszcza w procesach rozwoju i modernizaji infrastruktury </w:t>
+        <w:t xml:space="preserve">Posiada umiejętności pozwalające na samodzielne zaplanowanie zakresu systemu ochrony środowiska dla jednostki samorządu terytorialnego lub podmiotu gospodarczego oraz w oparciu o posiadaną wiedzę oraz informacje literaturowe i zdobyte we własnym zakresie informacje z JST lub podmiotów gospodarczych zaproponować, w ramach pracy grupowej, sposób funkcjonowania takiego systemu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na zajęciach, ocena przygotowanej prezentacji, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U21, IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U12, IS_U21, IS_U15, IS_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o, I.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>