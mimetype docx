--- v3 (2026-02-06)
+++ v4 (2026-02-28)
@@ -815,67 +815,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na zajęciach, ocena przygotowanej prezentacji, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W07, IS_W17</w:t>
+        <w:t xml:space="preserve">IS_W17, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WK, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę w zakresie projektowania systemów zarządzania ochroną środowiska w przedsiębiorstwach lub jednostkach samorządu terytorialnego (najczęściej gminach).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -981,51 +981,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U21, IS_U15, IS_U14, IS_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o, I.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawowe umiejętności w zakresie zarządzania sytuacjami konfliktowymi związanymi z aktywnościami człowieka, zwłaszcza w procesach rozwoju i modernizaji infrastruktury </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1035,67 +1035,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na zajęciach, ocena przygotowanej prezentacji, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U21, IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętności pozwalające na samodzielne zaplanowanie zakresu systemu ochrony środowiska dla jednostki samorządu terytorialnego lub podmiotu gospodarczego oraz w oparciu o posiadaną wiedzę oraz informacje literaturowe i zdobyte we własnym zakresie informacje z JST lub podmiotów gospodarczych zaproponować, w ramach pracy grupowej, sposób funkcjonowania takiego systemu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1105,67 +1105,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na zajęciach, ocena przygotowanej prezentacji, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U12, IS_U21, IS_U15, IS_U14</w:t>
+        <w:t xml:space="preserve">IS_U21, IS_U15, IS_U14, IS_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o, I.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
@@ -1185,51 +1185,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na zajęciach, ocena przygotowanej prezentacji, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K04, IS_K05</w:t>
+        <w:t xml:space="preserve">IS_K02, IS_K04, IS_K05, IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>