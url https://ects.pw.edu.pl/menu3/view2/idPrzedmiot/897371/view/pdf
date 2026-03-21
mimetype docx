--- v4 (2026-02-28)
+++ v5 (2026-03-21)
@@ -1035,67 +1035,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na zajęciach, ocena przygotowanej prezentacji, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U15, IS_U21</w:t>
+        <w:t xml:space="preserve">IS_U21, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętności pozwalające na samodzielne zaplanowanie zakresu systemu ochrony środowiska dla jednostki samorządu terytorialnego lub podmiotu gospodarczego oraz w oparciu o posiadaną wiedzę oraz informacje literaturowe i zdobyte we własnym zakresie informacje z JST lub podmiotów gospodarczych zaproponować, w ramach pracy grupowej, sposób funkcjonowania takiego systemu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1185,67 +1185,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na zajęciach, ocena przygotowanej prezentacji, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K02, IS_K04, IS_K05, IS_K01</w:t>
+        <w:t xml:space="preserve">IS_K04, IS_K05, IS_K01, IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR, I.P7S_KO</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KR, I.P7S_KO, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość roli społecznej absolwenta uczelni technicznej i rozumie potrzebę prawidłowego zarządzania procesami ochrony środowiska, zarówno przyrodniczego, jak i społecznego, potrafiąc przekazywać zdobytą wiedzę w sposób powszechnie zrozumiały dla odbiorców, w tym także odbiorców nieposiadających przygotowania merytorycznego z zakresu ochrony środowiska </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>