--- v0 (2025-11-03)
+++ v1 (2026-01-13)
@@ -1131,51 +1131,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić obliczenia procesu przygotowania powietrza, potrafi narysować przebieg procesu na wykresie h-x.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>