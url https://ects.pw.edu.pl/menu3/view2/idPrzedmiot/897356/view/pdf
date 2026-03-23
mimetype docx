--- v1 (2026-01-13)
+++ v2 (2026-03-23)
@@ -895,51 +895,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W12, IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>