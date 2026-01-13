--- v0 (2025-11-01)
+++ v1 (2026-01-13)
@@ -1111,191 +1111,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">n/a</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_U04, IS_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyjaśnić różnicę między sterowanie wektorowym a skalarnym</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">n/a</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U04, IS_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi policzyć sprawność przetwarzania energii w podstawowym układzie napędowym oraz rozróżnia odpowiednie tryby pracy zespołu napędowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">n/a</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_U07, IS_U04</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">IS_U04, IS_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>