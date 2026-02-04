--- v1 (2026-01-13)
+++ v2 (2026-02-04)
@@ -1111,67 +1111,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">n/a</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U04, IS_U07</w:t>
+        <w:t xml:space="preserve">IS_U07, IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyjaśnić różnicę między sterowanie wektorowym a skalarnym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>