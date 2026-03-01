--- v2 (2026-02-04)
+++ v3 (2026-03-01)
@@ -977,491 +977,491 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Znaczenie doboru podstawowych zabezpieczeń w układach elektrycznych i napędowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zaliczenie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znaczenie doboru podstawowych zabezpieczeń w układach elektrycznych i napędowych</w:t>
+        <w:t xml:space="preserve">Potrafi przedstawić podstawowe różnice pomiędzy napędami prądu stałego i przemiennego, oraz potrafi obliczyć podstawowe parametry pracy tych układów w wybranych aplikacjach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zaliczenie</w:t>
+        <w:t xml:space="preserve">n/a</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W04</w:t>
+        <w:t xml:space="preserve">IS_U04, IS_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyjaśnić różnicę między sterowanie wektorowym a skalarnym</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">n/a</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U04, IS_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi policzyć sprawność przetwarzania energii w podstawowym układzie napędowym oraz rozróżnia odpowiednie tryby pracy zespołu napędowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">n/a</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U04, IS_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Czytać ze zrozumieniem podstawowe symbole oraz dokumentację techniczną elektryczną oraz prostej automatyki napędu </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">n/a</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U04, IS_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przedstawić podstawowe różnice pomiędzy napędami prądu stałego i przemiennego, oraz potrafi obliczyć podstawowe parametry pracy tych układów w wybranych aplikacjach.</w:t>
+        <w:t xml:space="preserve">Rozumie potrzebę ciągłego dokształcania się i podnoszenia kwalifikacji zawodowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">n/a</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U07, IS_U04</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
-[...289 lines deleted...]
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, P6U_K, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość konieczności działania w sposób profesjonalny i przestrzegania zasad etyki zawodowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>