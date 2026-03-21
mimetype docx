--- v3 (2026-03-01)
+++ v4 (2026-03-21)
@@ -977,51 +977,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Znaczenie doboru podstawowych zabezpieczeń w układach elektrycznych i napędowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1181,87 +1181,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">n/a</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_U07, IS_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi policzyć sprawność przetwarzania energii w podstawowym układzie napędowym oraz rozróżnia odpowiednie tryby pracy zespołu napędowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">n/a</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_U04, IS_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi policzyć sprawność przetwarzania energii w podstawowym układzie napędowym oraz rozróżnia odpowiednie tryby pracy zespołu napędowego</w:t>
+        <w:t xml:space="preserve">Czytać ze zrozumieniem podstawowe symbole oraz dokumentację techniczną elektryczną oraz prostej automatyki napędu </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">n/a</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1272,196 +1342,126 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U04, IS_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Czytać ze zrozumieniem podstawowe symbole oraz dokumentację techniczną elektryczną oraz prostej automatyki napędu </w:t>
+        <w:t xml:space="preserve">Rozumie potrzebę ciągłego dokształcania się i podnoszenia kwalifikacji zawodowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">n/a</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U04, IS_U07</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KK, P6U_K, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość konieczności działania w sposób profesjonalny i przestrzegania zasad etyki zawodowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>