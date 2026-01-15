--- v0 (2025-10-30)
+++ v1 (2026-01-15)
@@ -1073,51 +1073,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi opracować i zaprezentować w odpowiedniej formie wyniki obliczeń inżynierskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1143,51 +1143,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>