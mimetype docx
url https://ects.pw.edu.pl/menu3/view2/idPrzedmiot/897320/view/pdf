--- v2 (2026-02-05)
+++ v3 (2026-02-27)
@@ -853,51 +853,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projektuje wymiary przekroju pręta w podstawowych przypadkach obciążenia na podstawie warunku nieprzekroczenia wartości naprężeń dopuszczalnych oraz określa nośność tych elementów. Rozwiązuje konstrukcje jednokrotnie statycznie niewyznaczalne wykorzystując równanie prawa Hooke'a.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>