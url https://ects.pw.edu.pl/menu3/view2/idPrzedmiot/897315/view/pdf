--- v0 (2025-10-31)
+++ v1 (2026-01-14)
@@ -1062,51 +1062,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01, IS_U02, IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>