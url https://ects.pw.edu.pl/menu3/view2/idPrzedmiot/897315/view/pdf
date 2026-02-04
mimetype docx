--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -772,151 +772,221 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W04, IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna zależności fizyczne pomiędzy przepływami wody a innymi procesami  zachodzącymi w środowisku naturalnym</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium pisemne, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W04, IS_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna zależności fizyczne pomiędzy przepływami wody a innymi procesami  zachodzącymi w środowisku naturalnym</w:t>
+        <w:t xml:space="preserve">potrafi wykonać podstawowe pomiary hydrologiczne </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W04, IS_W06</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U02, IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi wykonać podstawowe pomiary hydrologiczne </w:t>
+        <w:t xml:space="preserve">potrafi opisać i zinterpretować równania opisujące ruch wody  oraz inne procesy występujące w wodach śródlądowych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -935,178 +1005,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi opisać i zinterpretować równania opisujące ruch wody  oraz inne procesy występujące w wodach śródlądowych </w:t>
+        <w:t xml:space="preserve">znając zakres dostępnej informacji hydrologicznej, potrafi dobrać i zastosować informację właściwą do rozwiązania praktycznych problemów technicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U02, IS_U11</w:t>
+        <w:t xml:space="preserve">IS_U02, IS_U11, IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>