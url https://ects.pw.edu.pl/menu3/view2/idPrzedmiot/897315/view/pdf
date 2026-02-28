--- v2 (2026-02-04)
+++ v3 (2026-02-28)
@@ -772,51 +772,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W04, IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna zależności fizyczne pomiędzy przepływami wody a innymi procesami  zachodzącymi w środowisku naturalnym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -922,71 +922,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01, IS_U02, IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi opisać i zinterpretować równania opisujące ruch wody  oraz inne procesy występujące w wodach śródlądowych </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium pisemne, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U01, IS_U02, IS_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi opisać i zinterpretować równania opisujące ruch wody  oraz inne procesy występujące w wodach śródlądowych </w:t>
+        <w:t xml:space="preserve">znając zakres dostępnej informacji hydrologicznej, potrafi dobrać i zastosować informację właściwą do rozwiązania praktycznych problemów technicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -997,196 +1067,126 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01, IS_U02, IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">znając zakres dostępnej informacji hydrologicznej, potrafi dobrać i zastosować informację właściwą do rozwiązania praktycznych problemów technicznych</w:t>
+        <w:t xml:space="preserve">Ma swiadomosc wagi pozatechnicznych aspektów i skutków dzialalnosci inzynierskiej, w tym jej wplywu na środowisko, i zwiazanej z tym odpowiedzialnosci za podejmowane decyzje</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U02, IS_U11, IS_U01</w:t>
+        <w:t xml:space="preserve">IS_K04, IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma swiadomosc odpowiedzialnosci za wspólnie realizowane zadania, zwiazane z pracą zespolową</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>