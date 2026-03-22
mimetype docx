--- v3 (2026-02-28)
+++ v4 (2026-03-22)
@@ -826,67 +826,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W04, IS_W06</w:t>
+        <w:t xml:space="preserve">IS_W06, IS_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -922,51 +922,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01, IS_U02, IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi opisać i zinterpretować równania opisujące ruch wody  oraz inne procesy występujące w wodach śródlądowych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1126,67 +1126,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K04, IS_K02</w:t>
+        <w:t xml:space="preserve">IS_K02, IS_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma swiadomosc odpowiedzialnosci za wspólnie realizowane zadania, zwiazane z pracą zespolową</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>