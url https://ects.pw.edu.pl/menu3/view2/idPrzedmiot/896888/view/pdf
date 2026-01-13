--- v0 (2025-12-08)
+++ v1 (2026-01-13)
@@ -775,51 +775,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W10, Tr1A_W09, Tr1A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -839,67 +839,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia projektowe: ocena formująca - oceny cząstkowe za każde wykonane i zaliczone ćwiczenie projektowe. Do uzyskania pozytywnej oceny z ćwiczeń projektowych wymagane jest poprawne rozwiązanie wszystkich ćwiczeń projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U12, Tr1A_U03, Tr1A_U25</w:t>
+        <w:t xml:space="preserve">Tr1A_U25, Tr1A_U12, Tr1A_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UK, I.P6S_UW, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>