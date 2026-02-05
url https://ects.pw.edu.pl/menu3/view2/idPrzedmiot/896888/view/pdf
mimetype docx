--- v1 (2026-01-13)
+++ v2 (2026-02-05)
@@ -775,51 +775,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W10, Tr1A_W09, Tr1A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>