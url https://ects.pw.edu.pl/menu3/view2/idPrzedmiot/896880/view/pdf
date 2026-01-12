--- v1 (2025-12-08)
+++ v2 (2026-01-12)
@@ -892,51 +892,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: prawidłowe wykonanie projektu w części dotyczącej planu schematycznego. Ocena podsumowująca: ustna obrona projektu w części dotyczącej planu schematycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W12</w:t>
+        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1042,67 +1042,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: prawidłowe wykonanie projektu w części dotyczącej obwodów zależnościowych. Ocena podsumowująca: ustna obrona projektu w części dotyczącej obwodów zależnościowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U10, Tr1A_U08, Tr1A_U25</w:t>
+        <w:t xml:space="preserve">Tr1A_U25, Tr1A_U24, Tr1A_U10, Tr1A_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opracować tablicę zależności dla przykładowej stacji o zadanej w projekcie charakterystyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1112,51 +1112,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: prawidłowe wykonanie projektu w części dotyczącej tablicy zależności. Ocena podsumowująca: ustna obrona projektu w części dotyczącej tablicy zależności.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U25, Tr1A_U24, Tr1A_U10, Tr1A_U08</w:t>
+        <w:t xml:space="preserve">Tr1A_U08, Tr1A_U25, Tr1A_U24, Tr1A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>