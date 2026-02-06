--- v2 (2026-01-12)
+++ v3 (2026-02-06)
@@ -1112,51 +1112,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: prawidłowe wykonanie projektu w części dotyczącej tablicy zależności. Ocena podsumowująca: ustna obrona projektu w części dotyczącej tablicy zależności.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U08, Tr1A_U25, Tr1A_U24, Tr1A_U10</w:t>
+        <w:t xml:space="preserve">Tr1A_U25, Tr1A_U24, Tr1A_U10, Tr1A_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1182,67 +1182,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: prawidłowe wykonanie projektu w części dotyczącej planu schematycznego. Ocena podsumowująca: ustna obrona projektu w części dotyczącej planu schematycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U25, Tr1A_U24, Tr1A_U10, Tr1A_U08</w:t>
+        <w:t xml:space="preserve">Tr1A_U10, Tr1A_U08, Tr1A_U25, Tr1A_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UW, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>