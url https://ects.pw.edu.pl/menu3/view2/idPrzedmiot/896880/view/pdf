--- v3 (2026-02-06)
+++ v4 (2026-03-22)
@@ -752,577 +752,577 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: prawidłowe wykonanie projektu w części dotyczącej pulpitów nastawczych. Ocena podsumowująca: ustna obrona projektu w części dotyczącej pulpitów nastawczych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę teoretyczną o zasadach nazewnictwa i oznaczeń specyficznych dla tablic zależności.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena formująca: prawidłowe wykonanie projektu w części dotyczącej tablicy zależności. Ocena podsumowująca: ustna obrona projektu w części dotyczącej tablicy zależności.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W12, Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę teoretyczną o zasadach nazewnictwa i oznaczeń specyficznych dla tablic zależności.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę teoretyczną o zasadach nazewnictwa i oznaczeń specyficznych dla planów schematycznych urządzeń srk.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Ocena formująca: prawidłowe wykonanie projektu w części dotyczącej planu schematycznego. Ocena podsumowująca: ustna obrona projektu w części dotyczącej planu schematycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę teoretyczną o zasadach nazewnictwa i oznaczeń specyficznych dla obwodów zależnościowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena formująca: prawidłowe wykonanie projektu w części dotyczacej obwodów zależnościowych. Ocena podsumowująca: ustna obrona projektu w części dotyczącej obwodów zależnościowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować podstawowe przekaźnikowe obwody zależnościowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena formująca: prawidłowe wykonanie projektu w części dotyczącej obwodów zależnościowych. Ocena podsumowująca: ustna obrona projektu w części dotyczącej obwodów zależnościowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_U25, Tr1A_U24, Tr1A_U10, Tr1A_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opracować tablicę zależności dla przykładowej stacji o zadanej w projekcie charakterystyce.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: prawidłowe wykonanie projektu w części dotyczącej tablicy zależności. Ocena podsumowująca: ustna obrona projektu w części dotyczącej tablicy zależności.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W10</w:t>
+        <w:t xml:space="preserve">Tr1A_U25, Tr1A_U24, Tr1A_U10, Tr1A_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę teoretyczną o zasadach nazewnictwa i oznaczeń specyficznych dla planów schematycznych urządzeń srk.</w:t>
+        <w:t xml:space="preserve">Umie zaprojektować plan schematyczny dla stacji o zadanej charakterystyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: prawidłowe wykonanie projektu w części dotyczącej planu schematycznego. Ocena podsumowująca: ustna obrona projektu w części dotyczącej planu schematycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W10</w:t>
+        <w:t xml:space="preserve">Tr1A_U25, Tr1A_U24, Tr1A_U10, Tr1A_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę teoretyczną o zasadach nazewnictwa i oznaczeń specyficznych dla obwodów zależnościowych.</w:t>
+        <w:t xml:space="preserve">Jest gotów do praktycznego stosowania zdobytej wiedzy i umiejętności oraz rozumie związaną z tym odpowiedzialność.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena formująca: prawidłowe wykonanie projektu w części dotyczacej obwodów zależnościowych. Ocena podsumowująca: ustna obrona projektu w części dotyczącej obwodów zależnościowych.</w:t>
+        <w:t xml:space="preserve">Ocena formująca: prawidłowe wykonanie projektu. Ocena podsumowująca: ustna obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W10</w:t>
+        <w:t xml:space="preserve">Tr1A_K02, Tr1A_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
-[...299 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">