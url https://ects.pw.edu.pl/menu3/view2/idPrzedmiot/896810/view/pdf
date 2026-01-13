--- v0 (2025-12-08)
+++ v1 (2026-01-13)
@@ -1037,207 +1037,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca ćwiczeniowa, wymagane jest dokonanie prawidłowego podziału odcinków na szlaki (odstępy), prawidłowego obliczenia czasów jazdy i czasów szlakowego następstwa pociągów, prawidłowego obliczenia liczby pociągów obciążających zadane odcinki, prawidłowego opracowania organizacji ruchu pociągów na zadanych odcinkach w formie graficznej oraz prawidłowego obliczenia zdolności przepustowej odcinków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_U01, Tr1A_U24, Tr1A_U22, Tr1A_U20, Tr1A_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Absolwent potrafi samodzielnie dokonać obiegowania pojazdów kolejowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ćwiczenia projektowe: część dotycząca przygotowania planu obiegu składów pociągów niezbędnych do obsłużenia pociągów klasy INTER i AGLO oraz przygotowania wykresu pracy pojazdów trakcyjnych, wymagane jest prawidłowe przygotowanie planu obiegu składów pociągów niezbędnych do obsłużenia pociągów klasy INTER i AGLO oraz prawidłowego przygotowania wykresu pracy pojazdów trakcyjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U24, Tr1A_U22, Tr1A_U20, Tr1A_U03, Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Absolwent potrafi samodzielnie dokonać obiegowania pojazdów kolejowych</w:t>
+        <w:t xml:space="preserve">Absolwent potrafi samodzielnie harmonogramować pracę drużyn pociągowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ćwiczenia projektowe: część dotycząca przygotowania planu obiegu składów pociągów niezbędnych do obsłużenia pociągów klasy INTER i AGLO oraz przygotowania wykresu pracy pojazdów trakcyjnych, wymagane jest prawidłowe przygotowanie planu obiegu składów pociągów niezbędnych do obsłużenia pociągów klasy INTER i AGLO oraz prawidłowego przygotowania wykresu pracy pojazdów trakcyjnych</w:t>
+        <w:t xml:space="preserve">ćwiczenia projektowe: część dotycząca przygotowania wykresu pracy drużyn trakcyjnych oraz sporządzenia planu obsługi pociągów przez drużyny konduktorskie, wymagane jest prawidłowe przygotowanie wykresu pracy drużyn trakcyjnych oraz prawidłowe sporządzenie planu obsługi pociągów przez drużyny konduktorskie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U24, Tr1A_U22, Tr1A_U20, Tr1A_U03, Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o, I.P6S_UK</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UK, I.P6S_UW, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent potrafi samodzielnie dokonywać oceny organizacji ruchu kolejowego z wykorzystaniem różnych wskaźników</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>