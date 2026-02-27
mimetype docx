--- v1 (2026-01-13)
+++ v2 (2026-02-27)
@@ -1037,51 +1037,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca ćwiczeniowa, wymagane jest dokonanie prawidłowego podziału odcinków na szlaki (odstępy), prawidłowego obliczenia czasów jazdy i czasów szlakowego następstwa pociągów, prawidłowego obliczenia liczby pociągów obciążających zadane odcinki, prawidłowego opracowania organizacji ruchu pociągów na zadanych odcinkach w formie graficznej oraz prawidłowego obliczenia zdolności przepustowej odcinków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U01, Tr1A_U24, Tr1A_U22, Tr1A_U20, Tr1A_U03</w:t>
+        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U22, Tr1A_U20, Tr1A_U03, Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1107,51 +1107,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia projektowe: część dotycząca przygotowania planu obiegu składów pociągów niezbędnych do obsłużenia pociągów klasy INTER i AGLO oraz przygotowania wykresu pracy pojazdów trakcyjnych, wymagane jest prawidłowe przygotowanie planu obiegu składów pociągów niezbędnych do obsłużenia pociągów klasy INTER i AGLO oraz prawidłowego przygotowania wykresu pracy pojazdów trakcyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U22, Tr1A_U20, Tr1A_U03, Tr1A_U01</w:t>
+        <w:t xml:space="preserve">Tr1A_U22, Tr1A_U20, Tr1A_U03, Tr1A_U01, Tr1A_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>