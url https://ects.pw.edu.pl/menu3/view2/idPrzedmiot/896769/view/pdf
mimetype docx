--- v0 (2025-11-02)
+++ v1 (2025-12-08)
@@ -739,121 +739,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na zaliczeniu pisemnym pytania testowe (1/6 wszystkich pytań testowych) dotyczące zagadnień opisanych w efekcie W01. Zaliczenie ma miejsce, gdy student udzieli minimum 50% poprawnych odpowiedzi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W14, Tr1A_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK.o, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę w zakresie funkcjonowania przedsiębiorstwa transportowego: przychody, koszty, amortyzacja, zysk, przepływy pieniężne, sprawozdania finansowe, marketing, strategie rynkowe, rachunek ekonomiczny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na zaliczeniu pisemnym pytania testowe (1/6 wszystkich pytań testowych) dotyczące zagadnień opisanych w efekcie W02. Zaliczenie ma miejsce, gdy student udzieli minimum 50% poprawnych odpowiedzi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W05, Tr1A_W14</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">Tr1A_W14, Tr1A_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>