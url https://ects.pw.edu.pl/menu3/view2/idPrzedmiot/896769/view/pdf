--- v1 (2025-12-08)
+++ v2 (2026-01-12)
@@ -809,51 +809,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na zaliczeniu pisemnym pytania testowe (1/6 wszystkich pytań testowych) dotyczące zagadnień opisanych w efekcie W02. Zaliczenie ma miejsce, gdy student udzieli minimum 50% poprawnych odpowiedzi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W05, Tr1A_W14</w:t>
+        <w:t xml:space="preserve">Tr1A_W14, Tr1A_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1019,67 +1019,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na zaliczeniu pisemnym pytania testowe (1/6 wszystkich pytań testowych) dotyczące zagadnień opisanych w efekcie W05. Zaliczenie ma miejsce, gdy student udzieli minimum 50% poprawnych odpowiedzi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W13, Tr1A_W05</w:t>
+        <w:t xml:space="preserve">Tr1A_W05, Tr1A_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę w zakresie polityki transportowej Polski i UE oraz koncepcji zrównoważonego rozwoju transportu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>