--- v2 (2026-01-12)
+++ v3 (2026-02-04)
@@ -1019,67 +1019,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na zaliczeniu pisemnym pytania testowe (1/6 wszystkich pytań testowych) dotyczące zagadnień opisanych w efekcie W05. Zaliczenie ma miejsce, gdy student udzieli minimum 50% poprawnych odpowiedzi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W05, Tr1A_W13</w:t>
+        <w:t xml:space="preserve">Tr1A_W13, Tr1A_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę w zakresie polityki transportowej Polski i UE oraz koncepcji zrównoważonego rozwoju transportu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>