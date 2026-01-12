--- v0 (2025-11-03)
+++ v1 (2026-01-12)
@@ -954,51 +954,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny, 2 pytania otwarte gdzie wymagane jest udzielenie pełnej odpowiedzi na przynajmniej 1 z tych pytań, lub 6 pytań testowych jednokrotnego wyboru gdzie wymagane jest udzielenie prawidłowej odpowiedzi na przynajmniej 3 pytania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W13, Tr1A_W05</w:t>
+        <w:t xml:space="preserve">Tr1A_W05, Tr1A_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>