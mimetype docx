--- v1 (2026-01-12)
+++ v2 (2026-02-04)
@@ -954,137 +954,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny, 2 pytania otwarte gdzie wymagane jest udzielenie pełnej odpowiedzi na przynajmniej 1 z tych pytań, lub 6 pytań testowych jednokrotnego wyboru gdzie wymagane jest udzielenie prawidłowej odpowiedzi na przynajmniej 3 pytania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W13, Tr1A_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Absolwent zna i rozumie istotę procesu kontrolowania, także w odniesieniu do sfery transportu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin pisemny, 2 pytania otwarte gdzie wymagane jest udzielenie pełnej odpowiedzi na przynajmniej 1 z tych pytań, lub 6 pytań testowych jednokrotnego wyboru gdzie wymagane jest udzielenie prawidłowej odpowiedzi na przynajmniej 3 pytania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W05, Tr1A_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>