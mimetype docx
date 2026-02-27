--- v2 (2026-02-04)
+++ v3 (2026-02-27)
@@ -744,87 +744,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny, 2 pytania otwarte gdzie wymagane jest udzielenie pełnej odpowiedzi na przynajmniej 1 z tych pytań, lub 6 pytań testowych jednokrotnego wyboru gdzie wymagane jest udzielenie prawidłowej odpowiedzi na przynajmniej 3 pytania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W05, Tr1A_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Absolwent zna i rozumie istotę procesu planowania i podejmowania decyzji, także w odniesieniu do sfery transportu	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin pisemny, 2 pytania otwarte gdzie wymagane jest udzielenie pełnej odpowiedzi na przynajmniej 1 z tych pytań, lub 6 pytań testowych jednokrotnego wyboru gdzie wymagane jest udzielenie prawidłowej odpowiedzi na przynajmniej 3 pytania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W13, Tr1A_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Absolwent zna i rozumie istotę procesu planowania i podejmowania decyzji, także w odniesieniu do sfery transportu	</w:t>
+        <w:t xml:space="preserve">Absolwent zna i rozumie istotę procesu organizowania, także w odniesieniu do sfery transportu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny, 2 pytania otwarte gdzie wymagane jest udzielenie pełnej odpowiedzi na przynajmniej 1 z tych pytań, lub 6 pytań testowych jednokrotnego wyboru gdzie wymagane jest udzielenie prawidłowej odpowiedzi na przynajmniej 3 pytania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -843,58 +913,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Absolwent zna i rozumie istotę procesu organizowania, także w odniesieniu do sfery transportu</w:t>
+        <w:t xml:space="preserve">Absolwent zna i rozumie istotę procesu przewodzenia (kierowania ludźmi), także w odniesieniu do sfery transportu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny, 2 pytania otwarte gdzie wymagane jest udzielenie pełnej odpowiedzi na przynajmniej 1 z tych pytań, lub 6 pytań testowych jednokrotnego wyboru gdzie wymagane jest udzielenie prawidłowej odpowiedzi na przynajmniej 3 pytania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -913,178 +983,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Absolwent zna i rozumie istotę procesu przewodzenia (kierowania ludźmi), także w odniesieniu do sfery transportu</w:t>
+        <w:t xml:space="preserve">Absolwent zna i rozumie istotę procesu kontrolowania, także w odniesieniu do sfery transportu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny, 2 pytania otwarte gdzie wymagane jest udzielenie pełnej odpowiedzi na przynajmniej 1 z tych pytań, lub 6 pytań testowych jednokrotnego wyboru gdzie wymagane jest udzielenie prawidłowej odpowiedzi na przynajmniej 3 pytania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W13, Tr1A_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>