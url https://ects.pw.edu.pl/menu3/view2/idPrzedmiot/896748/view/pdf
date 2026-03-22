--- v3 (2026-02-27)
+++ v4 (2026-03-22)
@@ -744,121 +744,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny, 2 pytania otwarte gdzie wymagane jest udzielenie pełnej odpowiedzi na przynajmniej 1 z tych pytań, lub 6 pytań testowych jednokrotnego wyboru gdzie wymagane jest udzielenie prawidłowej odpowiedzi na przynajmniej 3 pytania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W13, Tr1A_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Absolwent zna i rozumie istotę procesu planowania i podejmowania decyzji, także w odniesieniu do sfery transportu	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin pisemny, 2 pytania otwarte gdzie wymagane jest udzielenie pełnej odpowiedzi na przynajmniej 1 z tych pytań, lub 6 pytań testowych jednokrotnego wyboru gdzie wymagane jest udzielenie prawidłowej odpowiedzi na przynajmniej 3 pytania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W05, Tr1A_W13</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">Tr1A_W13, Tr1A_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>