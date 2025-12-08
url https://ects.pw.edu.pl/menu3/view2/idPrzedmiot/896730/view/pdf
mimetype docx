--- v0 (2025-11-02)
+++ v1 (2025-12-08)
@@ -810,67 +810,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład - egzamin w formie pisemnej(pytania celowane)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W07, Tr1A_W06</w:t>
+        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W10, Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">posiada wiedzę dotyczącą budowy układów rurociągowych, oraz doboru ich elementów </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>