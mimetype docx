--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -810,51 +810,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład - egzamin w formie pisemnej(pytania celowane)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W10, Tr1A_W07</w:t>
+        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W07, Tr1A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1170,67 +1170,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład - egzamin w formie pisemnej(pytania celowane – przykłady obliczeniowe)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U20, Tr1A_U01</w:t>
+        <w:t xml:space="preserve">Tr1A_U20, Tr1A_U01, Tr1A_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi dokonać rozpoznania zespołów (rozłożenia na elementy składowe) złożonych urządzeń mechanicznych, w szczególności pojazdów kołowo-drogowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>