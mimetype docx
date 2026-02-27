--- v2 (2026-01-13)
+++ v3 (2026-02-27)
@@ -950,87 +950,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład - egzamin w formie pisemnej(pytania celowane)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna i rozumie zasady działania i kinematykę przekładni obiegowych, mechanizmów różnicowych i skrzyń biegów, z uwzględnieniem podstawowych materiałów smarnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład - egzamin w formie pisemnej(pytania celowane)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09, Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna i rozumie zasady działania i kinematykę przekładni obiegowych, mechanizmów różnicowych i skrzyń biegów, z uwzględnieniem podstawowych materiałów smarnych</w:t>
+        <w:t xml:space="preserve">zna i rozumie budowę i charakterystyki sprzęgieł ciernych, hamulców i elementów zawieszeń pojazdów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład - egzamin w formie pisemnej(pytania celowane)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1041,196 +1111,126 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09, Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna i rozumie budowę i charakterystyki sprzęgieł ciernych, hamulców i elementów zawieszeń pojazdów.</w:t>
+        <w:t xml:space="preserve">potrafi przygotować merytoryczne i opracować konstrukcyjnie projekty elementów maszyn stosowanych w pojazdach kołowo-drogowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykład - egzamin w formie pisemnej(pytania celowane)</w:t>
+        <w:t xml:space="preserve">wykład - egzamin w formie pisemnej(pytania celowane – przykłady obliczeniowe)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W07</w:t>
+        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U20, Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi dokonać rozpoznania zespołów (rozłożenia na elementy składowe) złożonych urządzeń mechanicznych, w szczególności pojazdów kołowo-drogowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>