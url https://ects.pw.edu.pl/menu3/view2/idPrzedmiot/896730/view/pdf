--- v3 (2026-02-27)
+++ v4 (2026-03-22)
@@ -950,51 +950,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład - egzamin w formie pisemnej(pytania celowane)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1186,51 +1186,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U24, Tr1A_U20, Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi dokonać rozpoznania zespołów (rozłożenia na elementy składowe) złożonych urządzeń mechanicznych, w szczególności pojazdów kołowo-drogowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>