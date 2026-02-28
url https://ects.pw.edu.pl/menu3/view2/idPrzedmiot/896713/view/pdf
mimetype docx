--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -753,121 +753,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład  - kolokwium;ćwiczenia laboratoryjne – sprawozdanie i kolokwium;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna metody rozpoznawania ciał amorficznych i krystalicznych, zna ich budowę wewnętrzną, potrafi wskazać właściwe metody badania ich własności i sposoby klasyfikacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład  - kolokwium;ćwiczenia laboratoryjne – sprawozdanie i kolokwium;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>