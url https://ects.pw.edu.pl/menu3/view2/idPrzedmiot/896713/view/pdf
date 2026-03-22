--- v2 (2026-02-28)
+++ v3 (2026-03-22)
@@ -753,331 +753,331 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład  - kolokwium;ćwiczenia laboratoryjne – sprawozdanie i kolokwium;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna metody rozpoznawania ciał amorficznych i krystalicznych, zna ich budowę wewnętrzną, potrafi wskazać właściwe metody badania ich własności i sposoby klasyfikacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład  - kolokwium;ćwiczenia laboratoryjne – sprawozdanie i kolokwium;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać zastosowanie dla stopów żelaza z węglem i stopów metali kolorowych, zna metody produkcji detali, rodzaje obróbki cieplno-chemicznej oraz ma świadomość specyficznych własności tych stopów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład  - kolokwium;ćwiczenia laboratoryjne – sprawozdanie i kolokwium;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać doboru materiałów na elementy konstrukcyjne podlegające obciążeniom, zna metody zwiększenia wytrzymałości oraz ma świadomość procesów degradacji i sposobów ochrony.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład  - kolokwium;ćwiczenia laboratoryjne – sprawozdanie i kolokwium;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę na temat stosowania, rozpoznawania i metod produkcji oraz recyklingu tworzyw sztucznych i materiałów kompozytowych oraz materiałów stosowanych w elektrotechnice i elektronice.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład  - kolokwium;ćwiczenia laboratoryjne – sprawozdanie i kolokwium;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>