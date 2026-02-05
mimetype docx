--- v1 (2026-01-13)
+++ v2 (2026-02-05)
@@ -910,51 +910,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi oceniać i porównywać efektywność rozwiązań i inwestycji w transporcie miejskim</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -964,67 +964,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne: 5 pytań, wymagane zdobycie powyżej 50% punktów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U20, Tr1A_U16</w:t>
+        <w:t xml:space="preserve">Tr1A_U16, Tr1A_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić i opracować rozkład jazdy pojazdów transportu zbiorowego oraz wykres ruchu brygad  na linii komunikacyjnej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>