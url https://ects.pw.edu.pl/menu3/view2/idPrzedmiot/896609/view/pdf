--- v0 (2025-11-01)
+++ v1 (2026-01-14)
@@ -746,51 +746,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pytania otwarte na pierwszym kolokwium w czasie wykładu (możliwe zastosowanie pytań testowych w przypadku nauczania zdalnego). Wymagane jest uzyskanie przynajmniej połowy punktów przyznawanych za kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W11</w:t>
+        <w:t xml:space="preserve">Tr1A_W11, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>