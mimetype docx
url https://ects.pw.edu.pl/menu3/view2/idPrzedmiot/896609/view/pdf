--- v1 (2026-01-14)
+++ v2 (2026-02-06)
@@ -746,51 +746,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pytania otwarte na pierwszym kolokwium w czasie wykładu (możliwe zastosowanie pytań testowych w przypadku nauczania zdalnego). Wymagane jest uzyskanie przynajmniej połowy punktów przyznawanych za kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W11, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1122,51 +1122,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U18, Tr1A_U22, Tr1A_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi praktycznie używać komercyjnych urządzeń AIDC oraz systemu WMS o określonych funkcjonalnościach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>