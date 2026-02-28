--- v2 (2026-02-06)
+++ v3 (2026-02-28)
@@ -1106,67 +1106,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pytania otwarte na pierwszym i drugim kolokwium w czasie wykładu (możliwe zastosowanie pytań testowych w przypadku nauczania zdalnego). Wymagane jest uzyskanie przynajmniej połowy punktów przyznawanych za kolokwium. Sprawdziany wejściowe w czasie laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U22, Tr1A_U24</w:t>
+        <w:t xml:space="preserve">Tr1A_U22, Tr1A_U24, Tr1A_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi praktycznie używać komercyjnych urządzeń AIDC oraz systemu WMS o określonych funkcjonalnościach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>