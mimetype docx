--- v1 (2026-01-13)
+++ v2 (2026-01-15)
@@ -899,51 +899,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie procesy zachodzące w analogowych  i cyfrowych układach przetwarzania i transmisji informacji </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>