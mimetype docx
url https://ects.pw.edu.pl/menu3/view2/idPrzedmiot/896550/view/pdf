--- v2 (2026-01-15)
+++ v3 (2026-02-06)
@@ -899,51 +899,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie procesy zachodzące w analogowych  i cyfrowych układach przetwarzania i transmisji informacji </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1189,51 +1189,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystywać do formułowania  i rozwiązywania zadań w zakresie oceny wybranych parametrów sygnałów telekomunikacyjnych odpowiednie metody analityczne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>