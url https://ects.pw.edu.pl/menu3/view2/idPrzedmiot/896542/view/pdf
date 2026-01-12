--- v0 (2025-11-02)
+++ v1 (2026-01-12)
@@ -957,51 +957,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian zaliczeniowy (2 pytania otwarte) z ćwiczenia laboratoryjnego dotyczącego elementów konstrukcji mechanizmów kierowniczych samochodu, metod ich badań oraz podstaw teoretycznych doboru parametrów konstrukcyjnych, wymagane jest uzyskanie 50% maksymalnej liczby punktów.
 Sprawozdanie z ćwiczenia laboratoryjnego dotyczącego elementów konstrukcji mechanizmów kierowniczych samochodu, metod ich badań oraz podstaw teoretycznych doboru parametrów konstrukcyjnych, wymagane jest uzyskanie 50% maksymalnej liczby punktów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12, Tr1A_W03</w:t>
+        <w:t xml:space="preserve">Tr1A_W03, Tr1A_W09, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>