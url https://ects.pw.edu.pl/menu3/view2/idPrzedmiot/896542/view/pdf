--- v1 (2026-01-12)
+++ v2 (2026-02-27)
@@ -1111,67 +1111,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z ćwiczeń audytoryjnych, dwa zadania obliczeniowe dotyczące umiejętności wykonania prostych obliczeń parametrów konstrukcyjnych wybranych elementów budowy pojazdu samochodowego, wymagane jest uzyskanie 50% maksymalnej liczby punktów.
 Sprawdziany zaliczeniowe z poszczególnych tematów, w ramach każdego ćwiczenia jedno z dwóch pytań otwartych, albo jego część dotycząca umiejętności wykonania prostych obliczeń parametrów konstrukcyjnych wybranych elementów budowy pojazdu samochodowego, wymagane jest uzyskanie 50% maksymalnej liczby punktów.
 Sprawozdania z poszczególnych tematów, w ramach każdego ćwiczenia fragmenty sprawozdania dotyczące umiejętności wykonania prostych obliczeń parametrów konstrukcyjnych wybranych elementów budowy pojazdu samochodowego, wymagane jest uzyskanie 50% maksymalnej liczby punktów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U11, Tr1A_U24</w:t>
+        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykazuje się umiejętnością interpretowania wyników pomiarów wybranych wielkości związanych badaniami pojazdów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>