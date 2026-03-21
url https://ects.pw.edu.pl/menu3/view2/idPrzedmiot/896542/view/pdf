--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -815,51 +815,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z ćwiczeń audytoryjnych, jedno lub dwa zadania obliczeniowe dotyczące elementów konstrukcji układów napędowych samochodu oraz podstaw teoretycznych doboru parametrów konstrukcyjnych, wymagane jest uzyskanie 50% maksymalnej liczby punktów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W03, Tr1A_W09, Tr1A_W12</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12, Tr1A_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1111,67 +1111,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z ćwiczeń audytoryjnych, dwa zadania obliczeniowe dotyczące umiejętności wykonania prostych obliczeń parametrów konstrukcyjnych wybranych elementów budowy pojazdu samochodowego, wymagane jest uzyskanie 50% maksymalnej liczby punktów.
 Sprawdziany zaliczeniowe z poszczególnych tematów, w ramach każdego ćwiczenia jedno z dwóch pytań otwartych, albo jego część dotycząca umiejętności wykonania prostych obliczeń parametrów konstrukcyjnych wybranych elementów budowy pojazdu samochodowego, wymagane jest uzyskanie 50% maksymalnej liczby punktów.
 Sprawozdania z poszczególnych tematów, w ramach każdego ćwiczenia fragmenty sprawozdania dotyczące umiejętności wykonania prostych obliczeń parametrów konstrukcyjnych wybranych elementów budowy pojazdu samochodowego, wymagane jest uzyskanie 50% maksymalnej liczby punktów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U11</w:t>
+        <w:t xml:space="preserve">Tr1A_U11, Tr1A_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykazuje się umiejętnością interpretowania wyników pomiarów wybranych wielkości związanych badaniami pojazdów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>