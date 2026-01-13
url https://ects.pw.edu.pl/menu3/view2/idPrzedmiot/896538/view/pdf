--- v0 (2025-11-01)
+++ v1 (2026-01-13)
@@ -967,51 +967,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">3 sprawdziany (dwa sprawdzające  wiedzę z ćwiczeń audytoryjnych, jeden ze znajomości treści wykładów) 
 Sprawdziany z ćwiczeń audytoryjnych obejmują 3 zadania - (co najmniej dwa trzeba rozwiązać prawidłowo). Sprawdzian z wykładu z wykładu obejmuje 5 otwartych pytań. Co najmniej na trzy trzeba odpowiedzieć pozytywnie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W07</w:t>
+        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>