--- v0 (2025-11-01)
+++ v1 (2026-01-12)
@@ -1177,51 +1177,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Cząstkowy sprawdzian pisemny z umiejętności wyznaczania równań ruchu oraz częstości i postaci drgań własnych układów drgających.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U08</w:t>
+        <w:t xml:space="preserve">Tr1A_U08, Tr1A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>