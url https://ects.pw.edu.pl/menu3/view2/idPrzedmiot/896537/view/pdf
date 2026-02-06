--- v2 (2026-01-13)
+++ v3 (2026-02-06)
@@ -1263,51 +1263,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętność analizy stateczności liniowych układów drgających o kilku stopniach swobody.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1333,51 +1333,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>