--- v0 (2025-10-30)
+++ v1 (2026-01-13)
@@ -1257,121 +1257,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U09, Tr1A_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność działań w zakresie likwidacji zagrożeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład - egz. – część pisemna, ew. cz. ustna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.4.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>