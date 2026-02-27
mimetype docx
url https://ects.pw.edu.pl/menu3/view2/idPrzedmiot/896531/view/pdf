--- v1 (2026-01-13)
+++ v2 (2026-02-27)
@@ -741,637 +741,637 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład  - egz. – część pisemna, ew. cz. ustna                               </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Znajomość zagrożeń w układzie transport – środowisko  -człowiek.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład  - egz. – część pisemna, ew. cz. ustna                               </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03 : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaznajomienie się z problematyką zagrożenia a bezpieczeństwo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład  - egz. – część pisemna, ew. cz. ustna    </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znajomość zagrożeń w układzie transport – środowisko  -człowiek.</w:t>
+        <w:t xml:space="preserve">Znajomość działań na rzecz ograniczenia i likwidacji zagrożeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykład  - egz. – część pisemna, ew. cz. ustna                               </w:t>
+        <w:t xml:space="preserve">wykład  - egz. – część pisemna, ew. cz. ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W08</w:t>
+        <w:t xml:space="preserve">Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03 : </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaznajomienie się z problematyką zagrożenia a bezpieczeństwo.</w:t>
+        <w:t xml:space="preserve">Znajomość metod  oceny strat wywołanych zagrożeniami.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykład  - egz. – część pisemna, ew. cz. ustna    </w:t>
+        <w:t xml:space="preserve">wykład  - egz. – część pisemna, ew. cz. ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09, Tr1A_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znajomość działań na rzecz ograniczenia i likwidacji zagrożeń.</w:t>
+        <w:t xml:space="preserve">Znajomość działań w zakresie zapobiegania wypadkom w transporcie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykład  - egz. – część pisemna, ew. cz. ustna</w:t>
+        <w:t xml:space="preserve">wykład - egz. – część pisemna, ew. cz. ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znajomość metod  oceny strat wywołanych zagrożeniami.</w:t>
+        <w:t xml:space="preserve">Umiejętność rozpoznania i zakwalifikowania danego zagrożenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykład  - egz. – część pisemna, ew. cz. ustna</w:t>
+        <w:t xml:space="preserve">wykład - egz. – część pisemna, ew. cz. ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09, Tr1A_W13</w:t>
+        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znajomość działań w zakresie zapobiegania wypadkom w transporcie.</w:t>
+        <w:t xml:space="preserve">Umiejętność jakościowej analizy sytuacji z zagrożeniem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład - egz. – część pisemna, ew. cz. ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W13</w:t>
+        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętność rozpoznania i zakwalifikowania danego zagrożenia.</w:t>
+        <w:t xml:space="preserve">Umiejętność działań w zakresie likwidacji zagrożeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład - egz. – część pisemna, ew. cz. ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U21</w:t>
+        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>