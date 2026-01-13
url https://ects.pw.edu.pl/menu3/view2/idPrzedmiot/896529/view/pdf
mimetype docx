--- v0 (2025-11-01)
+++ v1 (2026-01-13)
@@ -825,67 +825,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia laboratoryjne – projekt, cz. ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W10</w:t>
+        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę w zakresie recyklingu poszczególnych rodzajów materiałów i zespołów stosowanych w budowie samochodów </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>