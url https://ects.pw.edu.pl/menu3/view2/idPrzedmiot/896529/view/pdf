--- v1 (2026-01-13)
+++ v2 (2026-01-14)
@@ -825,67 +825,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia laboratoryjne – projekt, cz. ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę w zakresie recyklingu poszczególnych rodzajów materiałów i zespołów stosowanych w budowie samochodów </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1691,51 +1691,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U17, Tr1A_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>