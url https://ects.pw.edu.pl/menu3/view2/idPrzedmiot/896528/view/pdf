--- v0 (2025-10-30)
+++ v1 (2026-01-12)
@@ -739,51 +739,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin – część pisemna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>