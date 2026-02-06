--- v1 (2026-01-12)
+++ v2 (2026-02-06)
@@ -739,51 +739,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin – część pisemna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W08</w:t>
+        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1169,67 +1169,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykonanie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U08, Tr1A_U09, Tr1A_U10</w:t>
+        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U10, Tr1A_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi projektować  oraz modernizować systemy oceny niezawodności i bezpieczeństwa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>