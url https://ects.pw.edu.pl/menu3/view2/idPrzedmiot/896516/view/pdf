--- v1 (2026-01-13)
+++ v2 (2026-03-22)
@@ -847,51 +847,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W10, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma szczegółową wiedzę związaną z procedurą doboru zawodowego  operatorów środków transportu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1123,67 +1123,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia 1-4 sprawdzian pisemny po każdym ćwiczeniu, zawierający 5 pytań otwartych, w tym 3 pytania z zakresu weryfikowanego efektu; wymagana odpowiedź w co najmniej 50% na każde z nich</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U21, Tr1A_U22</w:t>
+        <w:t xml:space="preserve">Tr1A_U22, Tr1A_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi współdziałać i pracować w grupie, przyjmując w niej różne role.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>