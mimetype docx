--- v0 (2025-10-30)
+++ v1 (2026-01-13)
@@ -1176,67 +1176,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład - zal., ćwicz. - projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U11, Tr1A_U14</w:t>
+        <w:t xml:space="preserve">Tr1A_U14, Tr1A_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi współdziałać i pracować w grupie, przyjmując w niej różne role.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>