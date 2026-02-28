--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -746,497 +746,497 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> ćwiczenia projektowe - wykonanie projektu, obrona  w formie prezentacji, dyskusji i pytań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna podstawowe metody badania procesów wibroakustycznych stacjonarnych w dziedzinie czasu i częstotliwości oraz ich charakterystyki amplitudowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> ćwiczenia projektowe - wykonanie projektu, obrona  w formie prezentacji, dyskusji i pytań</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna podstawowe metody badania procesów wibroakustycznych stacjonarnych w dziedzinie czasu i częstotliwości oraz ich charakterystyki amplitudowe</w:t>
+        <w:t xml:space="preserve">posiada wiedzę w zakresie percepcji drgań i dźwięku przez człowieka, miar percepcji i ich pomiaru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> ćwiczenia projektowe - wykonanie projektu, obrona  w formie prezentacji, dyskusji i pytań</w:t>
+        <w:t xml:space="preserve">wykład - zal., ćwicz. - projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
+        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">posiada wiedzę w zakresie percepcji drgań i dźwięku przez człowieka, miar percepcji i ich pomiaru</w:t>
+        <w:t xml:space="preserve">posiada wiedzę w zakresie powstawania zaburzeń w środkach transportu   i ich propagacji do otoczenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład - zal., ćwicz. - projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">posiada wiedzę w zakresie powstawania zaburzeń w środkach transportu   i ich propagacji do otoczenia</w:t>
+        <w:t xml:space="preserve">potrafi posługiwać się technikami informacyjno-komunikacyjnymi właściwymi do realizacji zadań typowych dla relacji: środki transportu - otoczenie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">wykonanie projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">posiada przygotowanie do analizowania i oceny wpływu oddziaływań środków transportu na otoczenie (obiekty techniczne i człowieka)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">wykład - zal., ćwicz. - projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W08</w:t>
+        <w:t xml:space="preserve">Tr1A_U08, Tr1A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi posługiwać się technikami informacyjno-komunikacyjnymi właściwymi do realizacji zadań typowych dla relacji: środki transportu - otoczenie</w:t>
+        <w:t xml:space="preserve">potrafi planować i przeprowadzać typowe analizy sygnałów drganiowych i dźwiękowych oraz wyciągać wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykonanie projektu</w:t>
+        <w:t xml:space="preserve">wykład - zal., ćwicz. - projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U03</w:t>
+        <w:t xml:space="preserve">Tr1A_U11, Tr1A_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi współdziałać i pracować w grupie, przyjmując w niej różne role.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>