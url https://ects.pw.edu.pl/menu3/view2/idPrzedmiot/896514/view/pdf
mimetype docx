--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -1093,67 +1093,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena egzemplarza pracy dyplomowej, weryfikacja doboru i wykorzystania bibliografii oraz zawartości merytorycznej pracy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U06, Tr1A_U22</w:t>
+        <w:t xml:space="preserve">Tr1A_U22, Tr1A_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać krytycznej analizy sposobu funkcjonowania i ocenić istniejące specjalistyczne rozwiązania techniczne dotyczące wyznaczonego zadania inżynierskiego oraz potrafi dokonać wstępnej analizy ekonomicznej w zakresie wynikającym z wyznaczonego zadania inżynierskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1233,51 +1233,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena egzemplarza pracy dyplomowej, weryfikacja zawartości merytorycznej pracy, w tym założeń do rozwiązań projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U19, Tr1A_U20, Tr1A_U14</w:t>
+        <w:t xml:space="preserve">Tr1A_U14, Tr1A_U19, Tr1A_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>