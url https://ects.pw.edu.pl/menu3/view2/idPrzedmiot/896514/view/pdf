--- v1 (2026-01-13)
+++ v2 (2026-01-15)
@@ -1093,67 +1093,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena egzemplarza pracy dyplomowej, weryfikacja doboru i wykorzystania bibliografii oraz zawartości merytorycznej pracy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U22, Tr1A_U06</w:t>
+        <w:t xml:space="preserve">Tr1A_U06, Tr1A_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać krytycznej analizy sposobu funkcjonowania i ocenić istniejące specjalistyczne rozwiązania techniczne dotyczące wyznaczonego zadania inżynierskiego oraz potrafi dokonać wstępnej analizy ekonomicznej w zakresie wynikającym z wyznaczonego zadania inżynierskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1303,67 +1303,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena egzemplarza pracy dyplomowej, weryfikacja zawartości merytorycznej pracy, w tym zaprojektowanych rozwiązań i zgodności opracowanego projektu ze standardami</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U14, Tr1A_U24, Tr1A_U25</w:t>
+        <w:t xml:space="preserve">Tr1A_U25, Tr1A_U14, Tr1A_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>