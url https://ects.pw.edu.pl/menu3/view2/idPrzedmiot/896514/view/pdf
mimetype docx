--- v2 (2026-01-15)
+++ v3 (2026-02-04)
@@ -1163,67 +1163,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena egzemplarza pracy dyplomowej, weryfikacja zawartości merytorycznej pracy, w tym zaproponowanych zmian i ich oceny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U16, Tr1A_U17, Tr1A_U18</w:t>
+        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U16, Tr1A_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać identyfikacji i sformułować specyfikację wyznaczonego zadania inżynierskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1303,67 +1303,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena egzemplarza pracy dyplomowej, weryfikacja zawartości merytorycznej pracy, w tym zaprojektowanych rozwiązań i zgodności opracowanego projektu ze standardami</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U25, Tr1A_U14, Tr1A_U24</w:t>
+        <w:t xml:space="preserve">Tr1A_U14, Tr1A_U24, Tr1A_U25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>