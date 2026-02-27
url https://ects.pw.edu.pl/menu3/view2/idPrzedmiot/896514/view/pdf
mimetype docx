--- v3 (2026-02-04)
+++ v4 (2026-02-27)
@@ -1163,51 +1163,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena egzemplarza pracy dyplomowej, weryfikacja zawartości merytorycznej pracy, w tym zaproponowanych zmian i ich oceny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U16, Tr1A_U17</w:t>
+        <w:t xml:space="preserve">Tr1A_U17, Tr1A_U18, Tr1A_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>