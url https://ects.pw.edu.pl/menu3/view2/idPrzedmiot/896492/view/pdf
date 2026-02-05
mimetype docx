--- v1 (2026-01-13)
+++ v2 (2026-02-05)
@@ -1165,67 +1165,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, rozmowa; sprawdzana jest umijętność zidentyfikowania przekrojów niebezpiecznych i sposobu ich obliczania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U19, Tr1A_U23</w:t>
+        <w:t xml:space="preserve">Tr1A_U23, Tr1A_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać obliczenia i dokumentację techniczną z wykorzystaniem technik komputerowych oraz umie korzystać z norm i katalogów części maszynowych znormalizowanych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>