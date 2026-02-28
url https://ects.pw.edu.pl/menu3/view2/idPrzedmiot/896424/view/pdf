--- v0 (2025-10-30)
+++ v1 (2026-02-28)
@@ -904,67 +904,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian (test).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U04, AiR2_U19, AiR2_U21</w:t>
+        <w:t xml:space="preserve">AiR2_U19, AiR2_U21, AiR2_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, P7U_U, I.P7S_UU, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW142_K01: </w:t>
       </w:r>
     </w:p>