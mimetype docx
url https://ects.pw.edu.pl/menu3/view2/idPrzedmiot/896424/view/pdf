--- v1 (2026-02-28)
+++ v2 (2026-03-22)
@@ -904,67 +904,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian (test).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U19, AiR2_U21, AiR2_U04</w:t>
+        <w:t xml:space="preserve">AiR2_U04, AiR2_U19, AiR2_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, P7U_U, I.P7S_UU, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW142_K01: </w:t>
       </w:r>
     </w:p>
@@ -1070,51 +1070,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KO</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW142_K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Ma świadomość roli technik wpływu społecznego oraz konsekwencji wynikających ze "skąpstwa poznawczego".												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>