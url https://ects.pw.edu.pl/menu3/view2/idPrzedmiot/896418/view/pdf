--- v0 (2025-11-01)
+++ v1 (2025-12-08)
@@ -847,51 +847,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS706_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna podstawowe metody badawcze biomechaniki zderzeń (doświadczalne i symulacyjne) oraz ich ograniczenia/obszary zastosowań, wady i zalety.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -981,121 +981,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonania indywidualnego lub grupowego zadania obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS706_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student potrafi zastosować zdobytą wiedzę do zbudowania modelu scenariusza zdarzenia, uzgodnionego z prowadzącym, w którym ciało człowieka poddawane jest obciążeniom o charakterze udarowym.																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena wykonania indywidualnego lub grupowego zadania obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U06</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">AiR2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>