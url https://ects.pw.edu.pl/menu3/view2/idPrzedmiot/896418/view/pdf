--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -777,202 +777,272 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS706_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma wiedzę na temat tolerancji poszczególnych części ciała człowieka na obciążenia (zależności ryzyka doznania obrażeń od amplitudy i czasu działania).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS706_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS706_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę na temat tolerancji poszczególnych części ciała człowieka na obciążenia (zależności ryzyka doznania obrażeń od amplitudy i czasu działania).</w:t>
+        <w:t xml:space="preserve">Student zna podstawowe metody badawcze biomechaniki zderzeń (doświadczalne i symulacyjne) oraz ich ograniczenia/obszary zastosowań, wady i zalety.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W08</w:t>
+        <w:t xml:space="preserve">AiR2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS706_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS706_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawowe metody badawcze biomechaniki zderzeń (doświadczalne i symulacyjne) oraz ich ograniczenia/obszary zastosowań, wady i zalety.							</w:t>
+        <w:t xml:space="preserve">														Student potrafi zastosować zdobytą wiedzę do zbudowania modelu scenariusza zdarzenia, uzgodnionego z prowadzącym, w którym ciało człowieka poddawane jest obciążeniom o charakterze udarowym.																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian końcowy.</w:t>
+        <w:t xml:space="preserve">Ocena wykonania indywidualnego lub grupowego zadania obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W10</w:t>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...10 lines deleted...]
-      <w:bookmarkEnd w:id="3"/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS706_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">														Student potrafi zastosować zdobytą wiedzę do zbudowania modelu scenariusza zdarzenia, uzgodnionego z prowadzącym, w którym ciało człowieka poddawane jest obciążeniom o charakterze udarowym.																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
@@ -982,120 +1052,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonania indywidualnego lub grupowego zadania obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_U07</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>