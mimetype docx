--- v2 (2026-01-13)
+++ v3 (2026-03-23)
@@ -777,51 +777,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS706_W1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę na temat tolerancji poszczególnych części ciała człowieka na obciążenia (zależności ryzyka doznania obrażeń od amplitudy i czasu działania).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>