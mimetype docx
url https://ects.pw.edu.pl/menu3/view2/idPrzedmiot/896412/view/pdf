--- v0 (2025-10-31)
+++ v1 (2025-12-08)
@@ -771,401 +771,401 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian końcowy z wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W12, AiR2_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma poglądową wiedzę dotyczącą stosowanych obecnie nośników sygnału sieciowego, zachodzących w nich zjawisk pożytecznych i szkodliwych oraz idei okablowania strukturalnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian końcowy z wykładów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_W05, AiR2_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma poglądową wiedzę dotyczącą stosowanych obecnie nośników sygnału sieciowego, zachodzących w nich zjawisk pożytecznych i szkodliwych oraz idei okablowania strukturalnego.</w:t>
+        <w:t xml:space="preserve">Student ma poglądową wiedzę z zakresu współczesnych technologii sieci  LAN/MAN/WAN, obejmującą metody transmisji sygnału,  wybrane sposoby kodowania transmisyjnego, adresowanie węzłów w sieciach lokalnych, funkcje zapewniające integralność danych, algorytmy dostępu do medium transmisyjnego oraz inne wybrane aspekty komunikacji na poziomie warstwy fizycznej i łącza danych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian końcowy z wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W05, AiR2_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna przeznaczenie protokołu IP, ma wiedzę dotyczącą adresowania IP w sieci TCP/IP, zna przeznaczenie podstawowych protokołów warstwy IP (IP, ARP, ICMP) oraz podstawowych funkcji przypisanych warstwie IP (forwarding, routing, NAT).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian końcowy z wykładów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W05, AiR2_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma poglądową wiedzę o funkcjach warstwy transportu w TCP/IP, zna przeznaczenie i zasadę działania zabezpieczeń TLS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian końcowy z wykładów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W05, AiR2_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma poglądową wiedzę dotyczącą architektury i działania wybranych aplikacji i systemów wspierających działanie sieci i Internetu, w tym systemu DHCP, DNS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian końcowy z wykładów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_W12, AiR2_W05</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">AiR2_W05, AiR2_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>