--- v1 (2025-12-08)
+++ v2 (2026-01-12)
@@ -771,401 +771,401 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian końcowy z wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W05, AiR2_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma poglądową wiedzę dotyczącą stosowanych obecnie nośników sygnału sieciowego, zachodzących w nich zjawisk pożytecznych i szkodliwych oraz idei okablowania strukturalnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian końcowy z wykładów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W05, AiR2_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma poglądową wiedzę z zakresu współczesnych technologii sieci  LAN/MAN/WAN, obejmującą metody transmisji sygnału,  wybrane sposoby kodowania transmisyjnego, adresowanie węzłów w sieciach lokalnych, funkcje zapewniające integralność danych, algorytmy dostępu do medium transmisyjnego oraz inne wybrane aspekty komunikacji na poziomie warstwy fizycznej i łącza danych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian końcowy z wykładów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W05, AiR2_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna przeznaczenie protokołu IP, ma wiedzę dotyczącą adresowania IP w sieci TCP/IP, zna przeznaczenie podstawowych protokołów warstwy IP (IP, ARP, ICMP) oraz podstawowych funkcji przypisanych warstwie IP (forwarding, routing, NAT).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian końcowy z wykładów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W05, AiR2_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma poglądową wiedzę o funkcjach warstwy transportu w TCP/IP, zna przeznaczenie i zasadę działania zabezpieczeń TLS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian końcowy z wykładów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_W12, AiR2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma poglądową wiedzę dotyczącą stosowanych obecnie nośników sygnału sieciowego, zachodzących w nich zjawisk pożytecznych i szkodliwych oraz idei okablowania strukturalnego.</w:t>
+        <w:t xml:space="preserve">Student ma poglądową wiedzę dotyczącą architektury i działania wybranych aplikacji i systemów wspierających działanie sieci i Internetu, w tym systemu DHCP, DNS.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian końcowy z wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W05, AiR2_W12</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">AiR2_W12, AiR2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>