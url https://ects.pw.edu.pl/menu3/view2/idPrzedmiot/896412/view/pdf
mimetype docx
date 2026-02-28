--- v2 (2026-01-12)
+++ v3 (2026-02-28)
@@ -1067,51 +1067,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W12, AiR2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma poglądową wiedzę dotyczącą architektury i działania wybranych aplikacji i systemów wspierających działanie sieci i Internetu, w tym systemu DHCP, DNS.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>