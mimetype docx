--- v0 (2025-10-30)
+++ v1 (2025-12-08)
@@ -1058,51 +1058,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS661_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi wykonać analizę błędów modelu kinematyki manipulatora równoległego.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>