--- v1 (2025-12-08)
+++ v2 (2026-02-28)
@@ -838,271 +838,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS661_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna pojęcie macierzy jakobianowej manipulatora równoległego oraz sposób jej wykorzystania w analizie błędów modelu kinematyki i analizie osobliwości modelu kinematyki manipulatora równoległego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr  2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS661_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS661_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna pojęcie macierzy jakobianowej manipulatora równoległego oraz sposób jej wykorzystania w analizie błędów modelu kinematyki i analizie osobliwości modelu kinematyki manipulatora równoległego.							</w:t>
+        <w:t xml:space="preserve">							Zna metody analizy dynamicznej manipulatorów równoległych oraz przykłady ich zastosowań m.in. w konstrukcji symulatorów lotu i superszybkich robotach do obsługi operacji technologicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr  2.</w:t>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W06</w:t>
+        <w:t xml:space="preserve">AiR2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS661_W4: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS661_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna metody analizy dynamicznej manipulatorów równoległych oraz przykłady ich zastosowań m.in. w konstrukcji symulatorów lotu i superszybkich robotach do obsługi operacji technologicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi dokonać analizy kinematycznej manipulatora równoległego o trzech stopniach swobody połączonej z wyznaczeniem jego przestrzeni roboczej. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium.</w:t>
+        <w:t xml:space="preserve">Kolokwium  nr 1. Ocena projektu koncepcyjny manipulatora równoległego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W09</w:t>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS661_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi wykonać analizę błędów modelu kinematyki manipulatora równoległego.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>