--- v0 (2025-10-30)
+++ v1 (2025-12-08)
@@ -763,341 +763,411 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian nr 1 i 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK707_W01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma wiedzę na temat obszarów działalności inżynierskiej, w których stosowane są metody optymalizacji. 																																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian nr 1 i 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK707_W01: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK707_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę na temat obszarów działalności inżynierskiej, w których stosowane są metody optymalizacji. 																																												</w:t>
+        <w:t xml:space="preserve">Student ma uporządkowaną i pogłębioną wiedzę na temat teorii i metod optymalizacji. 																				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian nr 1 i 2.</w:t>
+        <w:t xml:space="preserve">Sprawdzian nr 1 i 2; praca domowa nr 1 i 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK707_W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK707_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma uporządkowaną i pogłębioną wiedzę na temat teorii i metod optymalizacji. 																				</w:t>
+        <w:t xml:space="preserve">Student ma wiedzę na temat aparatu matematycznego stosowanego do rozwiązywania zagadnień optymalizacji.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian nr 1 i 2; praca domowa nr 1 i 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W07</w:t>
+        <w:t xml:space="preserve">AiR2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK707_W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK707_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę na temat aparatu matematycznego stosowanego do rozwiązywania zagadnień optymalizacji.																					</w:t>
+        <w:t xml:space="preserve">Student potrafi sklasyfikować zadania optymalizacji.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian nr 1 i 2; praca domowa nr 1 i 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W01</w:t>
+        <w:t xml:space="preserve">AiR2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK707_U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK707_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi sklasyfikować zadania optymalizacji.																					</w:t>
+        <w:t xml:space="preserve">Student potrafi sformułować zadanie optymalizacji układu technicznego.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian nr 1 i 2; praca domowa nr 1 i 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U01</w:t>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1123,87 +1193,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian nr 1 i 2; praca domowa nr 1 i 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK707_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać metodę optymalizacji odpowiednią do postawionego zadania.																																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian nr 1 i 2; praca domowa nr 1 i 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK707_U02: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK707_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi sformułować zadanie optymalizacji układu technicznego.																					</w:t>
+        <w:t xml:space="preserve">Student potrafi dobrać metodę optymalizacji odpowiednią do postawionego zadania.																																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian nr 1 i 2; praca domowa nr 1 i 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1263,417 +1403,277 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian nr 1 i 2; praca domowa nr 1 i 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P8S_UW, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK707_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi rozwiązać zadanie optymalizacji układu technicznego z zastosowaniem narzędzi własnych lub dedykowanych.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian nr 1 i 2; praca domowa nr 1 i 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK707_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi rozwiązać zadanie optymalizacji układu technicznego z zastosowaniem narzędzi własnych lub dedykowanych.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian nr 1 i 2; praca domowa nr 1 i 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P8S_UW, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK707_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi rozwiązać zadanie optymalizacji układu technicznego z zastosowaniem narzędzi własnych lub dedykowanych.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian nr 1 i 2; praca domowa nr 1 i 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P8S_UW, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK707_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Student potrafi przygotować i przedstawić prezentację na temat sformułowania i rozwiązania zadania optymalizacji.																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>