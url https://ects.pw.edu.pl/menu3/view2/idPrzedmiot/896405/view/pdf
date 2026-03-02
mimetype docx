--- v1 (2025-12-08)
+++ v2 (2026-03-02)
@@ -763,341 +763,411 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian nr 1 i 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK707_W01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma wiedzę na temat obszarów działalności inżynierskiej, w których stosowane są metody optymalizacji. 																																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian nr 1 i 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK707_W01: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK707_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę na temat obszarów działalności inżynierskiej, w których stosowane są metody optymalizacji. 																																												</w:t>
+        <w:t xml:space="preserve">Student ma uporządkowaną i pogłębioną wiedzę na temat teorii i metod optymalizacji. 																				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian nr 1 i 2.</w:t>
+        <w:t xml:space="preserve">Sprawdzian nr 1 i 2; praca domowa nr 1 i 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W11</w:t>
+        <w:t xml:space="preserve">AiR2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK707_W02: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK707_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma uporządkowaną i pogłębioną wiedzę na temat teorii i metod optymalizacji. 																				</w:t>
+        <w:t xml:space="preserve">Student ma wiedzę na temat aparatu matematycznego stosowanego do rozwiązywania zagadnień optymalizacji.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian nr 1 i 2; praca domowa nr 1 i 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W07</w:t>
+        <w:t xml:space="preserve">AiR2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK707_W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK707_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę na temat aparatu matematycznego stosowanego do rozwiązywania zagadnień optymalizacji.																					</w:t>
+        <w:t xml:space="preserve">Student potrafi sklasyfikować zadania optymalizacji.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian nr 1 i 2; praca domowa nr 1 i 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W01</w:t>
+        <w:t xml:space="preserve">AiR2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK707_U01: </w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK707_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi sklasyfikować zadania optymalizacji.																					</w:t>
+        <w:t xml:space="preserve">Student potrafi sformułować zadanie optymalizacji układu technicznego.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian nr 1 i 2; praca domowa nr 1 i 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U01</w:t>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1123,87 +1193,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian nr 1 i 2; praca domowa nr 1 i 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK707_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać metodę optymalizacji odpowiednią do postawionego zadania.																																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian nr 1 i 2; praca domowa nr 1 i 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK707_U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK707_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi sformułować zadanie optymalizacji układu technicznego.																					</w:t>
+        <w:t xml:space="preserve">Student potrafi dobrać metodę optymalizacji odpowiednią do postawionego zadania.																																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian nr 1 i 2; praca domowa nr 1 i 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1263,417 +1403,277 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian nr 1 i 2; praca domowa nr 1 i 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P8S_UW, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK707_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi rozwiązać zadanie optymalizacji układu technicznego z zastosowaniem narzędzi własnych lub dedykowanych.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian nr 1 i 2; praca domowa nr 1 i 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK707_U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK707_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi dobrać metodę optymalizacji odpowiednią do postawionego zadania.																																			</w:t>
+        <w:t xml:space="preserve">Student potrafi rozwiązać zadanie optymalizacji układu technicznego z zastosowaniem narzędzi własnych lub dedykowanych.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian nr 1 i 2; praca domowa nr 1 i 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U12</w:t>
+        <w:t xml:space="preserve">AiR2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK707_U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK707_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi dobrać metodę optymalizacji odpowiednią do postawionego zadania.																																			</w:t>
+        <w:t xml:space="preserve">Student potrafi rozwiązać zadanie optymalizacji układu technicznego z zastosowaniem narzędzi własnych lub dedykowanych.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian nr 1 i 2; praca domowa nr 1 i 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P8S_UW, III.P6S_UW.o</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK707_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Student potrafi przygotować i przedstawić prezentację na temat sformułowania i rozwiązania zadania optymalizacji.																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>