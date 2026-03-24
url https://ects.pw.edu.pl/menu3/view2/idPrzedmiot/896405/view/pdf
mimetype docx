--- v2 (2026-03-02)
+++ v3 (2026-03-24)
@@ -1069,51 +1069,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK707_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi sformułować zadanie optymalizacji układu technicznego.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1489,51 +1489,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK707_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi rozwiązać zadanie optymalizacji układu technicznego z zastosowaniem narzędzi własnych lub dedykowanych.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>