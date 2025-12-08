--- v0 (2025-10-30)
+++ v1 (2025-12-08)
@@ -973,51 +973,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U06, AiR2_U12, AiR2_U13, AiR2_U14, AiR2_U15, AiR2_U16, AiR2_U17</w:t>
+        <w:t xml:space="preserve">AiR2_U12, AiR2_U13, AiR2_U06, AiR2_U14, AiR2_U15, AiR2_U16, AiR2_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P8S_UW, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1043,67 +1043,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U14, AiR2_U15, AiR2_U16, AiR2_U17, AiR2_U02, AiR2_U12, AiR2_U13</w:t>
+        <w:t xml:space="preserve">AiR2_U12, AiR2_U13, AiR2_U14, AiR2_U15, AiR2_U16, AiR2_U17, AiR2_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P8S_UW, III.P6S_UW.o, P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P8S_UW, III.P6S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK441_K1: </w:t>
       </w:r>
     </w:p>