--- v1 (2025-12-08)
+++ v2 (2026-01-14)
@@ -973,67 +973,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U12, AiR2_U13, AiR2_U06, AiR2_U14, AiR2_U15, AiR2_U16, AiR2_U17</w:t>
+        <w:t xml:space="preserve">AiR2_U06, AiR2_U12, AiR2_U13, AiR2_U14, AiR2_U15, AiR2_U16, AiR2_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P8S_UW, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P8S_UW, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK441_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi opracować projekt techniczny robota w zakresie doboru układu nośnego, kinematycznego, napędowego, transmisyjnego i sformułować założenia dla układu sterowania.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1043,67 +1043,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U12, AiR2_U13, AiR2_U14, AiR2_U15, AiR2_U16, AiR2_U17, AiR2_U02</w:t>
+        <w:t xml:space="preserve">AiR2_U02, AiR2_U12, AiR2_U13, AiR2_U14, AiR2_U15, AiR2_U16, AiR2_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P8S_UW, III.P6S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P8S_UW, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK441_K1: </w:t>
       </w:r>
     </w:p>