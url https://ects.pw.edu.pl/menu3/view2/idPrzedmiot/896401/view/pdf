--- v2 (2026-01-14)
+++ v3 (2026-02-28)
@@ -973,67 +973,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U06, AiR2_U12, AiR2_U13, AiR2_U14, AiR2_U15, AiR2_U16, AiR2_U17</w:t>
+        <w:t xml:space="preserve">AiR2_U13, AiR2_U14, AiR2_U15, AiR2_U16, AiR2_U17, AiR2_U06, AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P8S_UW, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P8S_UW, III.P6S_UW.o, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK441_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi opracować projekt techniczny robota w zakresie doboru układu nośnego, kinematycznego, napędowego, transmisyjnego i sformułować założenia dla układu sterowania.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1043,67 +1043,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U02, AiR2_U12, AiR2_U13, AiR2_U14, AiR2_U15, AiR2_U16, AiR2_U17</w:t>
+        <w:t xml:space="preserve">AiR2_U16, AiR2_U17, AiR2_U02, AiR2_U12, AiR2_U13, AiR2_U14, AiR2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P8S_UW, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UO, I.P8S_UW, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK441_K1: </w:t>
       </w:r>
     </w:p>