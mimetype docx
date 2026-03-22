--- v3 (2026-02-28)
+++ v4 (2026-03-22)
@@ -909,51 +909,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, III.P7S_WK, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK441_U1: </w:t>
       </w:r>
     </w:p>
@@ -973,67 +973,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U13, AiR2_U14, AiR2_U15, AiR2_U16, AiR2_U17, AiR2_U06, AiR2_U12</w:t>
+        <w:t xml:space="preserve">AiR2_U06, AiR2_U12, AiR2_U13, AiR2_U14, AiR2_U15, AiR2_U16, AiR2_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P8S_UW, III.P6S_UW.o, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P8S_UW, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK441_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi opracować projekt techniczny robota w zakresie doboru układu nośnego, kinematycznego, napędowego, transmisyjnego i sformułować założenia dla układu sterowania.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1043,67 +1043,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U16, AiR2_U17, AiR2_U02, AiR2_U12, AiR2_U13, AiR2_U14, AiR2_U15</w:t>
+        <w:t xml:space="preserve">AiR2_U13, AiR2_U14, AiR2_U15, AiR2_U16, AiR2_U17, AiR2_U02, AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UO, I.P8S_UW, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P8S_UW, III.P6S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK441_K1: </w:t>
       </w:r>
     </w:p>