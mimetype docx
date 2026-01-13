--- v1 (2026-01-13)
+++ v2 (2026-01-13)
@@ -819,51 +819,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy w czasie zajęć i ocena wykonania projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W04, MiBM2_W06</w:t>
+        <w:t xml:space="preserve">MiBM2_W06, MiBM2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -969,51 +969,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy w czasie zajęć i ocena wykonania projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U23, MiBM2_U01, MiBM2_U06, MiBM2_U07, MiBM2_U13, MiBM2_U20, MiBM2_U21, MiBM2_U22</w:t>
+        <w:t xml:space="preserve">MiBM2_U01, MiBM2_U06, MiBM2_U07, MiBM2_U13, MiBM2_U20, MiBM2_U21, MiBM2_U22, MiBM2_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>