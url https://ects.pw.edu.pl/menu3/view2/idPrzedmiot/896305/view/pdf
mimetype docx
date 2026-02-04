--- v2 (2026-01-13)
+++ v3 (2026-02-04)
@@ -819,51 +819,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy w czasie zajęć i ocena wykonania projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W06, MiBM2_W04</w:t>
+        <w:t xml:space="preserve">MiBM2_W04, MiBM2_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -899,51 +899,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy w czasie zajęć i ocena wykonania projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U01, MiBM2_U06, MiBM2_U07, MiBM2_U13, MiBM2_U20, MiBM2_U21, MiBM2_U22, MiBM2_U23</w:t>
+        <w:t xml:space="preserve">MiBM2_U06, MiBM2_U07, MiBM2_U13, MiBM2_U20, MiBM2_U21, MiBM2_U22, MiBM2_U23, MiBM2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>