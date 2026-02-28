--- v3 (2026-02-04)
+++ v4 (2026-02-28)
@@ -899,121 +899,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy w czasie zajęć i ocena wykonania projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U01, MiBM2_U06, MiBM2_U07, MiBM2_U13, MiBM2_U20, MiBM2_U21, MiBM2_U22, MiBM2_U23</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS655_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać dekompozycji geometrycznej elementów maszyn o skomplikowanej budowie i opracować strategię oraz plan ich projektowania. Posiada umiejętność efektywnego stosowania metod modelowania powierzchniowego do tworzenia obiektów o skomplikowanych kształtach ścianek.  Potrafi efektywnie i szybko modyfikować kształty obiektów importowanych z innych systemów CAD za pomocą zaawansowanych metod technologii synchronicznej. Posiada umiejętność wprawnego posługiwania się zaawansowanymi metodami w pracy ze złożeniami w tym parametryzacją, konstruowaniem w kontekście złożenia i techniką WAVE.																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy w czasie zajęć i ocena wykonania projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U06, MiBM2_U07, MiBM2_U13, MiBM2_U20, MiBM2_U21, MiBM2_U22, MiBM2_U23, MiBM2_U01</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U01, MiBM2_U06, MiBM2_U07, MiBM2_U13, MiBM2_U20, MiBM2_U21, MiBM2_U22, MiBM2_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>