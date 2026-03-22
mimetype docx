--- v4 (2026-02-28)
+++ v5 (2026-03-22)
@@ -749,271 +749,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy w czasie zajęć i ocena wykonania projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W06, MiBM2_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS655_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada pogłębioną wiedzę nt. specyfiki projektowania wirtualnego w tym na temat dekompozycji obiektów 3D na elementy składowe i opracowywania strategii ich tworzenia. Ma ugruntowaną i poszerzoną wiedzę na temat doboru odpowiednich metod i narzędzi w procesie modelowania powierzchniowego i  stosowania technologii synchronicznej.																																																	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy w czasie zajęć i ocena wykonania projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W04, MiBM2_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS655_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS655_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada pogłębioną wiedzę nt. specyfiki projektowania wirtualnego w tym na temat dekompozycji obiektów 3D na elementy składowe i opracowywania strategii ich tworzenia. Ma ugruntowaną i poszerzoną wiedzę na temat doboru odpowiednich metod i narzędzi w procesie modelowania powierzchniowego i  stosowania technologii synchronicznej.																																																	</w:t>
+        <w:t xml:space="preserve">Posiada pogłębione i poszerzone umiejętności oraz utrwalone nawyki w zakresie efektywnego wykorzystania wybranego Zintegrowanego Systemu CAD/CAM/CAE w procesie konstruowania w tym konstruowania w zespole. Posiada umiejętność pracy w zespole oraz organizacji tej pracy z pozycji członka oraz kierownika zespołu.																																																	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy w czasie zajęć i ocena wykonania projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W04, MiBM2_W06</w:t>
+        <w:t xml:space="preserve">MiBM2_U01, MiBM2_U06, MiBM2_U07, MiBM2_U13, MiBM2_U20, MiBM2_U21, MiBM2_U22, MiBM2_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS655_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS655_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada pogłębione i poszerzone umiejętności oraz utrwalone nawyki w zakresie efektywnego wykorzystania wybranego Zintegrowanego Systemu CAD/CAM/CAE w procesie konstruowania w tym konstruowania w zespole. Posiada umiejętność pracy w zespole oraz organizacji tej pracy z pozycji członka oraz kierownika zespołu.																																																	</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać dekompozycji geometrycznej elementów maszyn o skomplikowanej budowie i opracować strategię oraz plan ich projektowania. Posiada umiejętność efektywnego stosowania metod modelowania powierzchniowego do tworzenia obiektów o skomplikowanych kształtach ścianek.  Potrafi efektywnie i szybko modyfikować kształty obiektów importowanych z innych systemów CAD za pomocą zaawansowanych metod technologii synchronicznej. Posiada umiejętność wprawnego posługiwania się zaawansowanymi metodami w pracy ze złożeniami w tym parametryzacją, konstruowaniem w kontekście złożenia i techniką WAVE.																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy w czasie zajęć i ocena wykonania projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U01, MiBM2_U06, MiBM2_U07, MiBM2_U13, MiBM2_U20, MiBM2_U21, MiBM2_U22, MiBM2_U23</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U06, MiBM2_U07, MiBM2_U13, MiBM2_U20, MiBM2_U21, MiBM2_U22, MiBM2_U23, MiBM2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>