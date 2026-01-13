--- v0 (2025-10-30)
+++ v1 (2026-01-13)
@@ -1121,51 +1121,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, kolokwium  2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U22</w:t>
+        <w:t xml:space="preserve">MiBM2_U11, MiBM2_U22, MiBM2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>