--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -1121,51 +1121,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, kolokwium  2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U11, MiBM2_U22, MiBM2_U10</w:t>
+        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1331,51 +1331,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium  2, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U22</w:t>
+        <w:t xml:space="preserve">MiBM2_U22, MiBM2_U10, MiBM2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>