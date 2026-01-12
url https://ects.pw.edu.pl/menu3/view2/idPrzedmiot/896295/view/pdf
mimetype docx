--- v0 (2025-11-02)
+++ v1 (2026-01-12)
@@ -830,51 +830,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W08, MiBM2_W03, MiBM2_W04</w:t>
+        <w:t xml:space="preserve">MiBM2_W03, MiBM2_W04, MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1050,51 +1050,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U09, MiBM2_U10</w:t>
+        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>