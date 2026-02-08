--- v1 (2026-01-12)
+++ v2 (2026-02-08)
@@ -900,201 +900,201 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W04, MiBM2_W08, MiBM2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS745_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Ma wiedzę z zakresu izolacji cieplnych i wymiany ciepła w ośrodkach porowatych. 																											</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W03, MiBM2_W04, MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS745_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS745_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Ma wiedzę z zakresu izolacji cieplnych i wymiany ciepła w ośrodkach porowatych. 																											</w:t>
+        <w:t xml:space="preserve">							Potrafi rozpoznawać różne sposoby wymiany ciepła w procesach i urządzeniach oraz formułować zagadnienia z wymiany ciepła.																		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W03, MiBM2_W04, MiBM2_W08</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U09</w:t>
+        <w:t xml:space="preserve">MiBM2_U09, MiBM2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>