--- v2 (2026-02-08)
+++ v3 (2026-03-22)
@@ -900,51 +900,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W04, MiBM2_W08, MiBM2_W03</w:t>
+        <w:t xml:space="preserve">MiBM2_W03, MiBM2_W04, MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -970,51 +970,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W03, MiBM2_W04, MiBM2_W08</w:t>
+        <w:t xml:space="preserve">MiBM2_W08, MiBM2_W03, MiBM2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>