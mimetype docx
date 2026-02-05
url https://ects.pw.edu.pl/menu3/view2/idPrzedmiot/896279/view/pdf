--- v1 (2026-01-12)
+++ v2 (2026-02-05)
@@ -911,51 +911,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test teoretyczny na koniec semestru.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W03, MiBM2_W08, MiBM2_W01</w:t>
+        <w:t xml:space="preserve">MiBM2_W01, MiBM2_W03, MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -981,51 +981,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test teoretyczny na końcu semestru.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W01, MiBM2_W03, MiBM2_W08</w:t>
+        <w:t xml:space="preserve">MiBM2_W08, MiBM2_W01, MiBM2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>