--- v2 (2026-02-05)
+++ v3 (2026-02-28)
@@ -981,51 +981,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test teoretyczny na końcu semestru.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W08, MiBM2_W01, MiBM2_W03</w:t>
+        <w:t xml:space="preserve">MiBM2_W01, MiBM2_W03, MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1061,51 +1061,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test praktyczny (laboratorium komputerowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U13, MiBM2_U21, MiBM2_U22</w:t>
+        <w:t xml:space="preserve">MiBM2_U21, MiBM2_U22, MiBM2_U10, MiBM2_U11, MiBM2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>