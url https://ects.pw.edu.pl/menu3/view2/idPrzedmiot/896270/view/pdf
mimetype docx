--- v1 (2026-02-28)
+++ v2 (2026-03-23)
@@ -1351,51 +1351,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie końcowe w formie testu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_K06, LiK2_K01</w:t>
+        <w:t xml:space="preserve">LiK2_K01, LiK2_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1493,51 +1493,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie końcowe w formie testu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_K02, LiK2_K05</w:t>
+        <w:t xml:space="preserve">LiK2_K05, LiK2_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>