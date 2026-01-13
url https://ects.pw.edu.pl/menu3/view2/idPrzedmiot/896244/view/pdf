--- v0 (2025-11-01)
+++ v1 (2026-01-13)
@@ -1110,51 +1110,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U11, LiK2_U18, LiK2_U01, LiK2_U02, LiK2_U03, LiK2_U05, LiK2_U09</w:t>
+        <w:t xml:space="preserve">LiK2_U01, LiK2_U02, LiK2_U03, LiK2_U05, LiK2_U09, LiK2_U11, LiK2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1390,51 +1390,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U11, LiK2_U18, LiK2_U01, LiK2_U02, LiK2_U03, LiK2_U05, LiK2_U09</w:t>
+        <w:t xml:space="preserve">LiK2_U01, LiK2_U02, LiK2_U03, LiK2_U05, LiK2_U09, LiK2_U11, LiK2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>