--- v1 (2026-01-13)
+++ v2 (2026-01-14)
@@ -820,51 +820,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W10, LiK2_W14</w:t>
+        <w:t xml:space="preserve">LiK2_W14, LiK2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>