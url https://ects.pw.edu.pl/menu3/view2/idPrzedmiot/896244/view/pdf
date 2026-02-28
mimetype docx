--- v2 (2026-01-14)
+++ v3 (2026-02-28)
@@ -820,87 +820,227 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W10, LiK2_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna metody analityczne i metody przybliżone (MES) do obliczenia naprężeń, przemieszczeń i odkształceń w tarczach wirujących.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W10, LiK2_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna analityczne metody określania sił wewnętrznych odkształceń i przemieszczeń w płytach kołowych, powłokach walcowych i kulistych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W14, LiK2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS650_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna metody analityczne i metody przybliżone (MES) do obliczenia naprężeń, przemieszczeń i odkształceń w tarczach wirujących.							</w:t>
+        <w:t xml:space="preserve">							Zna sposoby modelowania i wytrzymałościowej analizy złożonych ustrojów osiowo-symetrycznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -911,216 +1051,216 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK2_W10, LiK2_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS650_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna analityczne metody określania sił wewnętrznych odkształceń i przemieszczeń w płytach kołowych, powłokach walcowych i kulistych.						</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy elementów silników turbinowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W10, LiK2_W14</w:t>
+        <w:t xml:space="preserve">LiK2_U01, LiK2_U02, LiK2_U03, LiK2_U05, LiK2_U09, LiK2_U11, LiK2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS650_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna sposoby modelowania i wytrzymałościowej analizy złożonych ustrojów osiowo-symetrycznych.							</w:t>
+        <w:t xml:space="preserve">							Umie wyznaczyć metodami analitycznymi przemieszczenia, naprężenia, odkształcenia w tarczach poddanych różnego typu obciążeniom.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W10, LiK2_W14</w:t>
+        <w:t xml:space="preserve">LiK2_U01, LiK2_U02, LiK2_U03, LiK2_U05, LiK2_U09, LiK2_U11, LiK2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS650_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy elementów silników turbinowych.							</w:t>
+        <w:t xml:space="preserve">							Umie analizować pracę wytrzymałościową płyt kołowych i powłok cylindrycznych i kulistych metodami analitycznymi.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1139,232 +1279,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS650_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U4 : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie wyznaczyć metodami analitycznymi przemieszczenia, naprężenia, odkształcenia w tarczach poddanych różnego typu obciążeniom.							</w:t>
+        <w:t xml:space="preserve">							Potrafi modelować i obliczać złożone konstrukcje, gdzie współpracują ze sobą tarcze, płyty i powłoki.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U01, LiK2_U02, LiK2_U03, LiK2_U05, LiK2_U09, LiK2_U11, LiK2_U18</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U01, LiK2_U02, LiK2_U03, LiK2_U05, LiK2_U09, LiK2_U11, LiK2_U18</w:t>
+        <w:t xml:space="preserve">LiK2_U09, LiK2_U11, LiK2_U18, LiK2_U01, LiK2_U02, LiK2_U03, LiK2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>