--- v0 (2025-11-01)
+++ v1 (2026-01-13)
@@ -750,87 +750,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W05, LiK2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS638_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę o procesach fizycznych zachodzących w przestrzeni okołoziemskiej.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W01, LiK2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS638_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS638_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student posiada wiedzę o procesach fizycznych zachodzących w przestrzeni okołoziemskiej.						</w:t>
+        <w:t xml:space="preserve">							Student zna wpływ procesów fizycznych na urządzenia techniczne w przestrzeni okołoziemskiej.				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -849,58 +919,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS638_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS638_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna wpływ procesów fizycznych na urządzenia techniczne w przestrzeni okołoziemskiej.				</w:t>
+        <w:t xml:space="preserve">							Student zna wpływ procesów fizycznych na urządzenia techniczne na powierzchni Ziemi.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -911,250 +981,180 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK2_W01, LiK2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS638_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS638_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna wpływ procesów fizycznych na urządzenia techniczne na powierzchni Ziemi.					</w:t>
+        <w:t xml:space="preserve">							Student potrafi określić właściwości przestrzeni kosmicznej.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W01, LiK2_W05</w:t>
+        <w:t xml:space="preserve">LiK2_U01, LiK2_U09, LiK2_U10, LiK2_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS638_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS638_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student potrafi określić właściwości przestrzeni kosmicznej.						</w:t>
+        <w:t xml:space="preserve">							Student umie określić jakie procesy i w jaki stopniu zachodzą w przestrzeni kosmicznej.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK2_U01, LiK2_U09, LiK2_U10, LiK2_U17</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U17, LiK2_U01, LiK2_U09, LiK2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>