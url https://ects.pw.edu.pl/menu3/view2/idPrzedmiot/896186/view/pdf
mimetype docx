--- v0 (2025-11-01)
+++ v1 (2026-01-13)
@@ -992,50 +992,470 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe (test) i ocena pracy grupowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS730_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie wykonywać podstawowe działania związane z instalacją i eksploatacją najważniejszych urządzeń energetycznych i systemów.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe (test) i ocena pracy grupowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS730_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie wykonywać podstawowe działania związane z instalacją i eksploatacją najważniejszych urządzeń energetycznych i systemów.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe (test) i ocena pracy grupowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS730_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie wykonywać podstawowe działania związane z instalacją i eksploatacją najważniejszych urządzeń energetycznych i systemów.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe (test) i ocena pracy grupowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS730_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie wykonywać podstawowe działania związane z instalacją i eksploatacją najważniejszych urządzeń energetycznych i systemów.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe (test) i ocena pracy grupowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS730_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie wykonywać podstawowe działania związane z instalacją i eksploatacją najważniejszych urządzeń energetycznych i systemów.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe (test) i ocena pracy grupowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U23</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS730_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie wykonywać podstawowe działania związane z instalacją i eksploatacją najważniejszych urządzeń energetycznych i systemów.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe (test) i ocena pracy grupowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1063,470 +1483,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe (test) i ocena pracy grupowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_U02</w:t>
-      </w:r>
-[...418 lines deleted...]
-        <w:t xml:space="preserve">E2_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>