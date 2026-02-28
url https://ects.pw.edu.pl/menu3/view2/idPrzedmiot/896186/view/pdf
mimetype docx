--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -772,221 +772,361 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe i ocena prac grupowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS730_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	 Student posiada wiedzę o praktyce przemysłowej budowy, konstrukcji i eksploatacji urządzeń energetycznych i systemów.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe i ocena prac grupowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS730_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	 Student posiada wiedzę o praktyce przemysłowej budowy, konstrukcji i eksploatacji urządzeń energetycznych i systemów.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe i ocena prac grupowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS730_W1: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS730_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">	 Student posiada wiedzę o praktyce przemysłowej budowy, konstrukcji i eksploatacji urządzeń energetycznych i systemów.													</w:t>
+        <w:t xml:space="preserve">Student umie wykonywać podstawowe działania związane z instalacją i eksploatacją najważniejszych urządzeń energetycznych i systemów.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe i ocena prac grupowych.</w:t>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe (test) i ocena pracy grupowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W15</w:t>
+        <w:t xml:space="preserve">E2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS730_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS730_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">	 Student posiada wiedzę o praktyce przemysłowej budowy, konstrukcji i eksploatacji urządzeń energetycznych i systemów.													</w:t>
+        <w:t xml:space="preserve">Student umie wykonywać podstawowe działania związane z instalacją i eksploatacją najważniejszych urządzeń energetycznych i systemów.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe i ocena prac grupowych.</w:t>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe (test) i ocena pracy grupowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W18</w:t>
+        <w:t xml:space="preserve">E2_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS730_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie wykonywać podstawowe działania związane z instalacją i eksploatacją najważniejszych urządzeń energetycznych i systemów.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
@@ -1343,190 +1483,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe (test) i ocena pracy grupowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_U23</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E2_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>