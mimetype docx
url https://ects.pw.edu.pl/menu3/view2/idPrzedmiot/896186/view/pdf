--- v2 (2026-02-28)
+++ v3 (2026-03-21)
@@ -772,50 +772,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe i ocena prac grupowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS730_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	 Student posiada wiedzę o praktyce przemysłowej budowy, konstrukcji i eksploatacji urządzeń energetycznych i systemów.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe i ocena prac grupowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -863,179 +933,389 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS730_W1: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS730_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">	 Student posiada wiedzę o praktyce przemysłowej budowy, konstrukcji i eksploatacji urządzeń energetycznych i systemów.													</w:t>
+        <w:t xml:space="preserve">Student umie wykonywać podstawowe działania związane z instalacją i eksploatacją najważniejszych urządzeń energetycznych i systemów.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe i ocena prac grupowych.</w:t>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe (test) i ocena pracy grupowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W04</w:t>
+        <w:t xml:space="preserve">E2_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS730_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie wykonywać podstawowe działania związane z instalacją i eksploatacją najważniejszych urządzeń energetycznych i systemów.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe (test) i ocena pracy grupowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS730_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie wykonywać podstawowe działania związane z instalacją i eksploatacją najważniejszych urządzeń energetycznych i systemów.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe (test) i ocena pracy grupowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS730_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie wykonywać podstawowe działania związane z instalacją i eksploatacją najważniejszych urządzeń energetycznych i systemów.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe (test) i ocena pracy grupowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U23</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS730_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie wykonywać podstawowe działania związane z instalacją i eksploatacją najważniejszych urządzeń energetycznych i systemów.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe (test) i ocena pracy grupowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1203,330 +1483,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe (test) i ocena pracy grupowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_U15</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">E2_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>