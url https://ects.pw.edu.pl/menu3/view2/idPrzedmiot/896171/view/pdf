--- v2 (2026-01-14)
+++ v3 (2026-02-28)
@@ -749,50 +749,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ocena projektu, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK486_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada zaawansowaną wiedzę dotyczącą modelowania procesów i urządzeń w energetyce.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -918,58 +988,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK486_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK486_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada zaawansowaną wiedzę dotyczącą modelowania procesów i urządzeń w energetyce.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę o zasadach identyfikacji modeli.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ocena projektu, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1029,51 +1099,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ocena projektu, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W01</w:t>
+        <w:t xml:space="preserve">E2_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1099,201 +1169,201 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ocena projektu, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W06</w:t>
+        <w:t xml:space="preserve">E2_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK486_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK486_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o zasadach identyfikacji modeli.</w:t>
+        <w:t xml:space="preserve">Umie dokonać procesu identyfikacji i stworzyć model matematyczny urządzenia. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ocena projektu, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W11</w:t>
+        <w:t xml:space="preserve">E2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK486_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie dokonać procesu identyfikacji i stworzyć model matematyczny urządzenia. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ocena projektu, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U09</w:t>
+        <w:t xml:space="preserve">E2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1319,51 +1389,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ocena projektu, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U10</w:t>
+        <w:t xml:space="preserve">E2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1389,611 +1459,541 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ocena projektu, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK486_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie dokonać procesu identyfikacji i stworzyć model matematyczny urządzenia. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK486_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie dokonać procesu identyfikacji i stworzyć model matematyczny urządzenia. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK486_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi tworzyć złożone modele instalacji energetycznych dla celów bilansowania i analizy parametrów pracy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK486_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi tworzyć złożone modele instalacji energetycznych dla celów bilansowania i analizy parametrów pracy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK486_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie stosować oprogramowanie i systemy informatyczne dla modelowania i identyfikacji urządzeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK486_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie stosować oprogramowanie i systemy informatyczne dla modelowania i identyfikacji urządzeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK486_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK486_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie dokonać procesu identyfikacji i stworzyć model matematyczny urządzenia. </w:t>
+        <w:t xml:space="preserve">Umie stosować oprogramowanie i systemy informatyczne dla modelowania i identyfikacji urządzeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, ocena projektu, egzamin.</w:t>
+        <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U14</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E2_U18</w:t>
-      </w:r>
-[...418 lines deleted...]
-        <w:t xml:space="preserve">E2_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>