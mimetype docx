--- v3 (2026-02-28)
+++ v4 (2026-03-21)
@@ -1249,50 +1249,260 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ocena projektu, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK486_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie dokonać procesu identyfikacji i stworzyć model matematyczny urządzenia. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK486_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie dokonać procesu identyfikacji i stworzyć model matematyczny urządzenia. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK486_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie dokonać procesu identyfikacji i stworzyć model matematyczny urządzenia. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1418,128 +1628,128 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK486_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK486_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie dokonać procesu identyfikacji i stworzyć model matematyczny urządzenia. </w:t>
+        <w:t xml:space="preserve">Potrafi tworzyć złożone modele instalacji energetycznych dla celów bilansowania i analizy parametrów pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ocena projektu, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U14</w:t>
+        <w:t xml:space="preserve">E2_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK486_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK486_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie dokonać procesu identyfikacji i stworzyć model matematyczny urządzenia. </w:t>
+        <w:t xml:space="preserve">Potrafi tworzyć złożone modele instalacji energetycznych dla celów bilansowania i analizy parametrów pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ocena projektu, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1558,442 +1768,232 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK486_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK486_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie dokonać procesu identyfikacji i stworzyć model matematyczny urządzenia. </w:t>
+        <w:t xml:space="preserve">Umie stosować oprogramowanie i systemy informatyczne dla modelowania i identyfikacji urządzeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, ocena projektu, egzamin.</w:t>
+        <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U21</w:t>
+        <w:t xml:space="preserve">E2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK486_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK486_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi tworzyć złożone modele instalacji energetycznych dla celów bilansowania i analizy parametrów pracy.</w:t>
+        <w:t xml:space="preserve">Umie stosować oprogramowanie i systemy informatyczne dla modelowania i identyfikacji urządzeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, ocena projektu, egzamin.</w:t>
+        <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U17</w:t>
+        <w:t xml:space="preserve">E2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK486_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK486_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi tworzyć złożone modele instalacji energetycznych dla celów bilansowania i analizy parametrów pracy.</w:t>
+        <w:t xml:space="preserve">Umie stosować oprogramowanie i systemy informatyczne dla modelowania i identyfikacji urządzeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, ocena projektu, egzamin.</w:t>
+        <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U18</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E2_U24</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>