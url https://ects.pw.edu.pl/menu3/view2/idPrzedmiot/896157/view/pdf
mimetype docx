--- v0 (2025-11-01)
+++ v1 (2026-01-13)
@@ -975,87 +975,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna sposoby wyznaczania zapotrzebowania na ciepło do przygotowania ciepłej wody użytkowej, energii końcowej i pierwotnej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna sposoby wyznaczania zapotrzebowania na ciepło do przygotowania ciepłej wody użytkowej, energii końcowej i pierwotnej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_W02: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Zna sposoby wyznaczania zapotrzebowania na ciepło do przygotowania ciepłej wody użytkowej, energii końcowej i pierwotnej.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady wyznaczania zapotrzebowania na chłód, obliczenia energii końcowej i pierwotnej .</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady wyznaczania zapotrzebowania na chłód, obliczenia energii końcowej i pierwotnej .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1074,58 +1284,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_W02: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Zna sposoby wyznaczania zapotrzebowania na ciepło do przygotowania ciepłej wody użytkowej, energii końcowej i pierwotnej.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady wyznaczania zapotrzebowania na chłód, obliczenia energii końcowej i pierwotnej .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1144,128 +1354,128 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_W03: </w:t>
-[...76 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady wyznaczania zapotrzebowania na chłód, obliczenia energii końcowej i pierwotnej .</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady wyznaczania zapotrzebowania na energię do oświetlenia.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wskaźniki oceny energetycznej budynków i procesów technologicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1284,58 +1494,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_W03: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady wyznaczania zapotrzebowania na chłód, obliczenia energii końcowej i pierwotnej .</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wskaźniki oceny energetycznej budynków i procesów technologicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1354,58 +1564,408 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_W04: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady wyznaczania zapotrzebowania na energię do oświetlenia.												</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wskaźniki oceny energetycznej budynków i procesów technologicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wskaźniki oceny energetycznej budynków i procesów technologicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wskaźniki oceny energetycznej budynków i procesów technologicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna możliwości poprawy oceny energetycznej budynków i procesów technologicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna możliwości poprawy oceny energetycznej budynków i procesów technologicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna możliwości poprawy oceny energetycznej budynków i procesów technologicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1424,442 +1984,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_W05: </w:t>
-[...348 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS717_W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna możliwości poprawy oceny energetycznej budynków i procesów technologicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W03</w:t>
+        <w:t xml:space="preserve">E2_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1885,260 +2095,50 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W05</w:t>
-[...208 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E2_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
@@ -4285,50 +4285,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_K06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_K02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi odpowiednio określić priorytety służące realizacji określonego przez siebie lub innych zadania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -4356,120 +4426,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_K04</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E2_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>