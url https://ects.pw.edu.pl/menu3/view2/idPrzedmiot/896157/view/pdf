--- v1 (2026-01-13)
+++ v2 (2026-01-13)
@@ -4285,191 +4285,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_K01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_K02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi odpowiednio określić priorytety służące realizacji określonego przez siebie lub innych zadania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_K04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_K02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi odpowiednio określić priorytety służące realizacji określonego przez siebie lub innych zadania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_K06</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E2_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>