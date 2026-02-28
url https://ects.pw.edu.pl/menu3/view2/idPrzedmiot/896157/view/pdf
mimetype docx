--- v3 (2026-01-13)
+++ v4 (2026-02-28)
@@ -1185,50 +1185,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady wyznaczania zapotrzebowania na chłód, obliczenia energii końcowej i pierwotnej .</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1284,120 +1354,50 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_W03: </w:t>
-[...68 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS717_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady wyznaczania zapotrzebowania na energię do oświetlenia.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
@@ -2945,50 +2945,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć zapotrzebowanie na ciepło do przygotowania ciepłej wody użytkowej, energię końcową i pierwotną. 					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć zapotrzebowanie na ciepło do przygotowania ciepłej wody użytkowej, energię końcową i pierwotną. 					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -3044,58 +3184,198 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_U02: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Potrafi wyznaczyć zapotrzebowanie na ciepło do przygotowania ciepłej wody użytkowej, energię końcową i pierwotną. 					</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić zapotrzebowanie na chłód, energię końcową i pierwotną. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić zapotrzebowanie na chłód, energię końcową i pierwotną. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić zapotrzebowanie na chłód, energię końcową i pierwotną. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -3114,372 +3394,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_U02: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Potrafi wyznaczyć zapotrzebowanie na ciepło do przygotowania ciepłej wody użytkowej, energię końcową i pierwotną. 					</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić zapotrzebowanie na chłód, energię końcową i pierwotną. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_U15</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">E2_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>