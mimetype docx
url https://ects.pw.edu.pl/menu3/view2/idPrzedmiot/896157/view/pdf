--- v4 (2026-02-28)
+++ v5 (2026-03-24)
@@ -1465,50 +1465,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wskaźniki oceny energetycznej budynków i procesów technologicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wskaźniki oceny energetycznej budynków i procesów technologicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1634,190 +1774,50 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_W05: </w:t>
-[...138 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS717_W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna możliwości poprawy oceny energetycznej budynków i procesów technologicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
@@ -2945,50 +2945,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć zapotrzebowanie na ciepło do przygotowania ciepłej wody użytkowej, energię końcową i pierwotną. 					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć zapotrzebowanie na ciepło do przygotowania ciepłej wody użytkowej, energię końcową i pierwotną. 					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -3016,190 +3156,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_U15</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E2_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>