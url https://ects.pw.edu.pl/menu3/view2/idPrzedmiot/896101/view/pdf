--- v1 (2026-01-14)
+++ v2 (2026-02-08)
@@ -754,87 +754,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK400_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada podstawową wiedzę o pomiarach geometrii części maszyn.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ZNK400_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ZNK400_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posiada podstawową wiedzę o pomiarach geometrii części maszyn.							</w:t>
+        <w:t xml:space="preserve">							Zna zasady i możliwości pomiarów na współrzędnościowych maszynach pomiarowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -853,872 +923,802 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ZNK400_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ZNK400_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna zasady i możliwości pomiarów na współrzędnościowych maszynach pomiarowych.							</w:t>
+        <w:t xml:space="preserve">							Posiada wiedzę o skrawalności materiałów, zużycia ostrzy skrawających, siłach i temperaturach podczas skrawania w zależności od parametrów obróbki.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK400_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę o skrawalności materiałów, zużycia ostrzy skrawających, siłach i temperaturach podczas skrawania w zależności od parametrów obróbki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK400_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna konstrukcje obrabiarek i narzędzi do różnego rodzaju obróbek: plastycznych, skrawaniem, erozyjnych, gładkościowo-dokładnościowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK400_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna metody badań struktury geometrycznej powierzchni i oceny zużycia części maszyn.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ZNK400_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ZNK400_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posiada wiedzę o skrawalności materiałów, zużycia ostrzy skrawających, siłach i temperaturach podczas skrawania w zależności od parametrów obróbki.							</w:t>
+        <w:t xml:space="preserve">							Zna metody badania stanu warstwy wierzchniej po procesach technologicznych – naprężenia własne, mikrotwardość, zgniot.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W09</w:t>
+        <w:t xml:space="preserve">M1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ZNK400_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK400_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posiada wiedzę o skrawalności materiałów, zużycia ostrzy skrawających, siłach i temperaturach podczas skrawania w zależności od parametrów obróbki.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować odpowiednie przyrządy i metody pomiaru wielkości geometrycznych w zależności od dokładności i kształtu wykonywanej części.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W10</w:t>
+        <w:t xml:space="preserve">M1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ZNK400_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ZNK400_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna konstrukcje obrabiarek i narzędzi do różnego rodzaju obróbek: plastycznych, skrawaniem, erozyjnych, gładkościowo-dokładnościowych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować odpowiednie przyrządy i metody pomiaru wielkości geometrycznych w zależności od dokładności i kształtu wykonywanej części.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W09</w:t>
+        <w:t xml:space="preserve">M1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ZNK400_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ZNK400_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna metody badań struktury geometrycznej powierzchni i oceny zużycia części maszyn.							</w:t>
+        <w:t xml:space="preserve">							W procesach obróbki skrawaniem potrafi ocenić zużycie ostrza, pomierzyć siły i temperatury podczas skrawania, dobrać parametry procesu.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W07</w:t>
+        <w:t xml:space="preserve">M1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ZNK400_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ZNK400_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna metody badania stanu warstwy wierzchniej po procesach technologicznych – naprężenia własne, mikrotwardość, zgniot.							</w:t>
+        <w:t xml:space="preserve">							W procesach obróbki skrawaniem potrafi ocenić zużycie ostrza, pomierzyć siły i temperatury podczas skrawania, dobrać parametry procesu.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W07</w:t>
+        <w:t xml:space="preserve">M1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ZNK400_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK400_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować odpowiednie przyrządy i metody pomiaru wielkości geometrycznych w zależności od dokładności i kształtu wykonywanej części.							</w:t>
+        <w:t xml:space="preserve">							W procesach obróbki skrawaniem potrafi ocenić zużycie ostrza, pomierzyć siły i temperatury podczas skrawania, dobrać parametry procesu.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U09</w:t>
+        <w:t xml:space="preserve">M1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ZNK400_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ZNK400_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować odpowiednie przyrządy i metody pomiaru wielkości geometrycznych w zależności od dokładności i kształtu wykonywanej części.							</w:t>
+        <w:t xml:space="preserve">							W procesach obróbki skrawaniem potrafi ocenić zużycie ostrza, pomierzyć siły i temperatury podczas skrawania, dobrać parametry procesu.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U10</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">M1_U21</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">M1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>