--- v0 (2025-10-30)
+++ v1 (2026-01-12)
@@ -1129,227 +1129,437 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian, test jednokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK370_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Potrafi definiować zmienne oraz obliczać wyrażenia arytmetyczne i logiczne.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian, test jednokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ZNK370_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ZNK370_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																					Potrafi definiować zmienne oraz obliczać wyrażenia arytmetyczne i logiczne.																					</w:t>
+        <w:t xml:space="preserve">																																										Potrafi generować macierze i wykonywać podstawowe operacje macierzowe i tablicowe.																																										</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian, test jednokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK370_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																																										Potrafi generować macierze i wykonywać podstawowe operacje macierzowe i tablicowe.																																										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian, test jednokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK370_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wykonać proste wykresy 2D i 3D wraz z odpowiednimi opisami.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian, test jednokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ZNK370_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ZNK370_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																																										Potrafi generować macierze i wykonywać podstawowe operacje macierzowe i tablicowe.																																										</w:t>
+        <w:t xml:space="preserve">							Potrafi wykonać proste wykresy 2D i 3D wraz z odpowiednimi opisami.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian, test jednokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U09</w:t>
+        <w:t xml:space="preserve">M1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ZNK370_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ZNK370_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																																										Potrafi generować macierze i wykonywać podstawowe operacje macierzowe i tablicowe.																																										</w:t>
+        <w:t xml:space="preserve">														Potrafi zastosować instrukcje iteracyjne i warunkowe w prostym skrypcie i pliku funkcyjnym. 														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian, test jednokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1368,302 +1578,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ZNK370_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ZNK370_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wykonać proste wykresy 2D i 3D wraz z odpowiednimi opisami.							</w:t>
+        <w:t xml:space="preserve">														Potrafi zastosować instrukcje iteracyjne i warunkowe w prostym skrypcie i pliku funkcyjnym. 														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian, test jednokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">M1_U15</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">M1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>