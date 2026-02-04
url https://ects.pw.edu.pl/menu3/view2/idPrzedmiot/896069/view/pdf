--- v1 (2026-01-12)
+++ v2 (2026-02-04)
@@ -1409,261 +1409,261 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian, test jednokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK370_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wykonać proste wykresy 2D i 3D wraz z odpowiednimi opisami.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian, test jednokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ZNK370_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ZNK370_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wykonać proste wykresy 2D i 3D wraz z odpowiednimi opisami.							</w:t>
+        <w:t xml:space="preserve">														Potrafi zastosować instrukcje iteracyjne i warunkowe w prostym skrypcie i pliku funkcyjnym. 														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian, test jednokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK370_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi zastosować instrukcje iteracyjne i warunkowe w prostym skrypcie i pliku funkcyjnym. 														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian, test jednokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_U21</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">M1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>