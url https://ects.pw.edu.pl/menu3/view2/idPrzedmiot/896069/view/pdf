--- v2 (2026-02-04)
+++ v3 (2026-02-28)
@@ -1409,121 +1409,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian, test jednokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK370_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wykonać proste wykresy 2D i 3D wraz z odpowiednimi opisami.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian, test jednokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_U21</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">M1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>